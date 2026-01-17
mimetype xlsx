--- v0 (2025-12-01)
+++ v1 (2026-01-17)
@@ -1,122 +1,129 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Francis\AppData\Local\Temp\scp33892\transparencia\phocadownload\RecursosHumanos\Nomina\CompensacionMilitar\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Francis\AppData\Local\Temp\scp52699\transparencia\phocadownload\RecursosHumanos\Nomina\CompensacionMilitar\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7E30B7A1-996B-44BE-896C-D598C675CA99}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{43985FAB-AC13-4E22-9C09-5159422D1C2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENERO" sheetId="1" r:id="rId1"/>
     <sheet name="FEBRERO" sheetId="2" r:id="rId2"/>
     <sheet name="MARZO" sheetId="3" r:id="rId3"/>
     <sheet name="ABRIL" sheetId="4" r:id="rId4"/>
     <sheet name="MAYO" sheetId="5" r:id="rId5"/>
     <sheet name="JUNIO" sheetId="6" r:id="rId6"/>
     <sheet name="JULIO" sheetId="7" r:id="rId7"/>
     <sheet name="AGOSTO" sheetId="8" r:id="rId8"/>
     <sheet name="SEPTIEMBRE" sheetId="9" r:id="rId9"/>
     <sheet name="OCTUBRE" sheetId="10" r:id="rId10"/>
+    <sheet name="NOVIEMBRE" sheetId="11" r:id="rId11"/>
+    <sheet name="DICIEMBRE" sheetId="12" r:id="rId12"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="M63" i="2" l="1"/>
   <c r="M71" i="2" s="1"/>
   <c r="L63" i="2"/>
   <c r="I63" i="2"/>
   <c r="G63" i="2"/>
   <c r="E63" i="2"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2096" uniqueCount="255">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2516" uniqueCount="260">
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t>Cedula</t>
   </si>
   <si>
     <t>Ingreso Bruto</t>
   </si>
   <si>
     <t>Otros Ing.</t>
   </si>
   <si>
     <t>Total Ing.</t>
   </si>
   <si>
     <t>AFP</t>
   </si>
   <si>
     <t>ISR</t>
   </si>
   <si>
@@ -838,50 +845,65 @@
   </si>
   <si>
     <t>JOHAN FERNANDO DEL CARMEN ESPIRITU</t>
   </si>
   <si>
     <t>JOSE ALBERTO DE OLEO GREGORIO</t>
   </si>
   <si>
     <t>CRISTOPHER PERERYRA MILIANO</t>
   </si>
   <si>
     <t>CONCEPTO PAGO SUELDO 000007 - PERSONAL DE VIGILANCIA CORRESPONDIENTE AL MES SEPTIEMBRE 2025</t>
   </si>
   <si>
     <t>121935 - 01/09/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
   </si>
   <si>
     <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE OCTUBRE 2025</t>
   </si>
   <si>
     <t>CONCEPTO PAGO SUELDO 000007 - PERSONAL DE VIGILANCIA CORRESPONDIENTE AL MES OCTUBRE 2025</t>
   </si>
   <si>
     <t>122466 - 01/10/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
   </si>
+  <si>
+    <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>CONCEPTO PAGO SUELDO 000007 - PERSONAL DE VIGILANCIA CORRESPONDIENTE AL MES NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>123266 - 01/11/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Aprobada</t>
+  </si>
+  <si>
+    <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>124010 - 01/12/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
+  </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
       <family val="2"/>
@@ -1357,116 +1379,124 @@
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
   <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
-    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
-[...33 lines deleted...]
-    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
-[...1 lines deleted...]
-    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
-    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
@@ -1700,50 +1730,476 @@
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="8129255" y="495300"/>
           <a:ext cx="871870" cy="781050"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>219074</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>150192</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>885825</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>85726</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C8A20793-5CBB-4972-8115-5B72C1A03608}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect l="16206" r="11067"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="219074" y="1721817"/>
+          <a:ext cx="666751" cy="564184"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>38100</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>104775</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>28575</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="0 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A0DB3FA-C910-41A7-AFAB-1754920E6B42}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7515225" y="419100"/>
+          <a:ext cx="914400" cy="866775"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>361950</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>140667</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1085850</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>76201</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D50D3C9E-279F-4CF3-995A-D2F03F26C0B9}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect l="16206" r="11067"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="361950" y="2026617"/>
+          <a:ext cx="723900" cy="564184"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>66675</xdr:colOff>
+      <xdr:row>1</xdr:row>
+      <xdr:rowOff>228600</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>219075</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>19050</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="0 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CCB20FFD-FB73-4FF5-B750-D537C9332C5D}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="7543800" y="542925"/>
+          <a:ext cx="914400" cy="733425"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>298450</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>2079916</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>133543</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Picture 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85CCE1A7-126E-454D-8609-43FD0C2F6FF2}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId3"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="0" y="29721175"/>
+          <a:ext cx="2079916" cy="1406718"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>3</xdr:col>
+      <xdr:colOff>463550</xdr:colOff>
+      <xdr:row>94</xdr:row>
+      <xdr:rowOff>219075</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>7</xdr:col>
+      <xdr:colOff>175011</xdr:colOff>
+      <xdr:row>99</xdr:row>
+      <xdr:rowOff>241518</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="5" name="Picture 4">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B26E87F-08E5-4EC4-8FD0-A9BA0F87901F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId4"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4892675" y="29641800"/>
+          <a:ext cx="2759461" cy="1594068"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>10</xdr:col>
+      <xdr:colOff>568325</xdr:colOff>
+      <xdr:row>95</xdr:row>
+      <xdr:rowOff>22225</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>14</xdr:col>
+      <xdr:colOff>257558</xdr:colOff>
+      <xdr:row>100</xdr:row>
+      <xdr:rowOff>16089</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="6" name="Picture 5">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA72E2C6-8C7E-46E3-B373-3A38340B2A53}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId5"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="10331450" y="29759275"/>
+          <a:ext cx="2737233" cy="1565489"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>2</xdr:col>
+      <xdr:colOff>688975</xdr:colOff>
+      <xdr:row>101</xdr:row>
+      <xdr:rowOff>263525</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>8</xdr:col>
+      <xdr:colOff>438758</xdr:colOff>
+      <xdr:row>107</xdr:row>
+      <xdr:rowOff>98660</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="7" name="Picture 6">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{72DC734F-A192-47EC-8481-076AB0263128}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId6"/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr>
+        <a:xfrm>
+          <a:off x="4337050" y="31886525"/>
+          <a:ext cx="4340833" cy="1721085"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
       <xdr:col>3</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>228600</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>4</xdr:col>
       <xdr:colOff>333375</xdr:colOff>
       <xdr:row>4</xdr:row>
       <xdr:rowOff>209550</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="0 Imagen">
@@ -2708,51 +3164,51 @@
         <a:xfrm>
           <a:off x="7800975" y="581025"/>
           <a:ext cx="742950" cy="685800"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -3010,91 +3466,99 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M120"/>
   <sheetViews>
     <sheetView topLeftCell="A91" workbookViewId="0">
       <selection activeCell="A8" sqref="A7:A8"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.5703125" customWidth="1"/>
     <col min="2" max="2" width="21.7109375" customWidth="1"/>
     <col min="3" max="3" width="19.7109375" customWidth="1"/>
     <col min="4" max="4" width="17.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="21.75" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
@@ -5720,55 +6184,55 @@
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
       <c r="L109" s="2"/>
     </row>
     <row r="110" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="114" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="116" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="117" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="118" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="119" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="120" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{37AEF96B-AF83-4E2D-85AA-138AB9C9BF49}">
   <dimension ref="A1:Q118"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.28515625" customWidth="1"/>
     <col min="2" max="2" width="25.42578125" customWidth="1"/>
     <col min="3" max="3" width="12.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
     </row>
     <row r="4" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
       <c r="C4" s="3"/>
       <c r="D4" s="3"/>
@@ -8439,59 +8903,5382 @@
       <c r="J102" s="2"/>
       <c r="K102" s="2"/>
       <c r="L102" s="2"/>
     </row>
     <row r="103" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="104" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="105" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="106" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="107" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="108" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="109" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="114" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="115" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="116" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="117" customFormat="1" x14ac:dyDescent="0.25"/>
     <row r="118" customFormat="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{17CEF5B7-E730-4970-A0AB-A31DC460E154}">
+  <dimension ref="A1:Q111"/>
+  <sheetViews>
+    <sheetView topLeftCell="A31" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="35.28515625" customWidth="1"/>
+    <col min="2" max="2" width="19.42578125" customWidth="1"/>
+    <col min="3" max="3" width="11.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+    </row>
+    <row r="3" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+    </row>
+    <row r="4" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="3"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+    </row>
+    <row r="5" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G5" s="3"/>
+      <c r="H5" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+    </row>
+    <row r="6" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="3"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+    </row>
+    <row r="7" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="2"/>
+    </row>
+    <row r="8" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G8" s="3"/>
+      <c r="H8" s="4" t="s">
+        <v>255</v>
+      </c>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="P8" s="2"/>
+      <c r="Q8" s="2"/>
+    </row>
+    <row r="9" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:17" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" t="s">
+        <v>151</v>
+      </c>
+      <c r="D14">
+        <v>480649</v>
+      </c>
+      <c r="E14" s="1">
+        <v>66000</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>66000</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>5395.88</v>
+      </c>
+      <c r="J14">
+        <v>0</v>
+      </c>
+      <c r="K14">
+        <v>0</v>
+      </c>
+      <c r="L14" s="1">
+        <v>5395.88</v>
+      </c>
+      <c r="M14" s="1">
+        <v>60604.12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D15">
+        <v>481146</v>
+      </c>
+      <c r="E15" s="1">
+        <v>45000</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15" s="1">
+        <v>45000</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>1547.25</v>
+      </c>
+      <c r="J15">
+        <v>0</v>
+      </c>
+      <c r="K15">
+        <v>0</v>
+      </c>
+      <c r="L15" s="1">
+        <v>1547.25</v>
+      </c>
+      <c r="M15" s="1">
+        <v>43452.75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" t="s">
+        <v>151</v>
+      </c>
+      <c r="D16">
+        <v>480655</v>
+      </c>
+      <c r="E16" s="1">
+        <v>34000</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="G16" s="1">
+        <v>34000</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16">
+        <v>0</v>
+      </c>
+      <c r="J16">
+        <v>0</v>
+      </c>
+      <c r="K16">
+        <v>0</v>
+      </c>
+      <c r="L16">
+        <v>0</v>
+      </c>
+      <c r="M16" s="1">
+        <v>34000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" t="s">
+        <v>151</v>
+      </c>
+      <c r="D17">
+        <v>480663</v>
+      </c>
+      <c r="E17" s="1">
+        <v>9400</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>9400</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+      <c r="I17">
+        <v>0</v>
+      </c>
+      <c r="J17">
+        <v>0</v>
+      </c>
+      <c r="K17">
+        <v>0</v>
+      </c>
+      <c r="L17">
+        <v>0</v>
+      </c>
+      <c r="M17" s="1">
+        <v>9400</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18">
+        <v>480683</v>
+      </c>
+      <c r="E18" s="1">
+        <v>24000</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>24000</v>
+      </c>
+      <c r="H18">
+        <v>0</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+      <c r="K18">
+        <v>0</v>
+      </c>
+      <c r="L18">
+        <v>0</v>
+      </c>
+      <c r="M18" s="1">
+        <v>24000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19">
+        <v>480707</v>
+      </c>
+      <c r="E19" s="1">
+        <v>29000</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19" s="1">
+        <v>29000</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="J19">
+        <v>0</v>
+      </c>
+      <c r="K19">
+        <v>0</v>
+      </c>
+      <c r="L19">
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20">
+        <v>480727</v>
+      </c>
+      <c r="E20" s="1">
+        <v>14400</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>14400</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20">
+        <v>0</v>
+      </c>
+      <c r="J20">
+        <v>0</v>
+      </c>
+      <c r="K20">
+        <v>0</v>
+      </c>
+      <c r="L20">
+        <v>0</v>
+      </c>
+      <c r="M20" s="1">
+        <v>14400</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21">
+        <v>480729</v>
+      </c>
+      <c r="E21" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F21">
+        <v>0</v>
+      </c>
+      <c r="G21" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H21">
+        <v>0</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+      <c r="K21">
+        <v>0</v>
+      </c>
+      <c r="L21">
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>31</v>
+      </c>
+      <c r="B22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22">
+        <v>480731</v>
+      </c>
+      <c r="E22" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22">
+        <v>0</v>
+      </c>
+      <c r="L22">
+        <v>0</v>
+      </c>
+      <c r="M22" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23">
+        <v>480872</v>
+      </c>
+      <c r="E23" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
+      </c>
+      <c r="K23">
+        <v>0</v>
+      </c>
+      <c r="L23">
+        <v>0</v>
+      </c>
+      <c r="M23" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24">
+        <v>480916</v>
+      </c>
+      <c r="E24" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F24">
+        <v>0</v>
+      </c>
+      <c r="G24" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
+      </c>
+      <c r="K24">
+        <v>0</v>
+      </c>
+      <c r="L24">
+        <v>0</v>
+      </c>
+      <c r="M24" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" t="s">
+        <v>151</v>
+      </c>
+      <c r="D25">
+        <v>480926</v>
+      </c>
+      <c r="E25" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F25">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25">
+        <v>0</v>
+      </c>
+      <c r="L25">
+        <v>0</v>
+      </c>
+      <c r="M25" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" t="s">
+        <v>151</v>
+      </c>
+      <c r="D26">
+        <v>480928</v>
+      </c>
+      <c r="E26" s="1">
+        <v>24000</v>
+      </c>
+      <c r="F26">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>24000</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+      <c r="I26">
+        <v>0</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26">
+        <v>0</v>
+      </c>
+      <c r="L26">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>24000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" t="s">
+        <v>151</v>
+      </c>
+      <c r="D27">
+        <v>480999</v>
+      </c>
+      <c r="E27" s="1">
+        <v>39000</v>
+      </c>
+      <c r="F27">
+        <v>0</v>
+      </c>
+      <c r="G27" s="1">
+        <v>39000</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+      <c r="I27">
+        <v>647.25</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27">
+        <v>0</v>
+      </c>
+      <c r="L27">
+        <v>647.25</v>
+      </c>
+      <c r="M27" s="1">
+        <v>38352.75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28">
+        <v>481050</v>
+      </c>
+      <c r="E28" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F28">
+        <v>0</v>
+      </c>
+      <c r="G28" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28">
+        <v>0</v>
+      </c>
+      <c r="L28">
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" t="s">
+        <v>17</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29">
+        <v>481062</v>
+      </c>
+      <c r="E29" s="1">
+        <v>10900</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
+      </c>
+      <c r="G29" s="1">
+        <v>10900</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29">
+        <v>0</v>
+      </c>
+      <c r="L29">
+        <v>0</v>
+      </c>
+      <c r="M29" s="1">
+        <v>10900</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" t="s">
+        <v>151</v>
+      </c>
+      <c r="D30">
+        <v>481073</v>
+      </c>
+      <c r="E30" s="1">
+        <v>8000</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
+      </c>
+      <c r="G30" s="1">
+        <v>8000</v>
+      </c>
+      <c r="H30">
+        <v>0</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+      <c r="K30">
+        <v>0</v>
+      </c>
+      <c r="L30">
+        <v>0</v>
+      </c>
+      <c r="M30" s="1">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" t="s">
+        <v>17</v>
+      </c>
+      <c r="C31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31">
+        <v>481083</v>
+      </c>
+      <c r="E31" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F31">
+        <v>0</v>
+      </c>
+      <c r="G31" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H31">
+        <v>0</v>
+      </c>
+      <c r="I31">
+        <v>0</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+      <c r="K31">
+        <v>0</v>
+      </c>
+      <c r="L31">
+        <v>0</v>
+      </c>
+      <c r="M31" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32">
+        <v>481091</v>
+      </c>
+      <c r="E32" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+      <c r="G32" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+      <c r="K32">
+        <v>0</v>
+      </c>
+      <c r="L32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" t="s">
+        <v>151</v>
+      </c>
+      <c r="D33">
+        <v>481093</v>
+      </c>
+      <c r="E33" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F33">
+        <v>0</v>
+      </c>
+      <c r="G33" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+      <c r="K33">
+        <v>0</v>
+      </c>
+      <c r="L33">
+        <v>0</v>
+      </c>
+      <c r="M33" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34">
+        <v>481095</v>
+      </c>
+      <c r="E34" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="G34" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H34">
+        <v>0</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>0</v>
+      </c>
+      <c r="L34">
+        <v>0</v>
+      </c>
+      <c r="M34" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35">
+        <v>481097</v>
+      </c>
+      <c r="E35" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F35">
+        <v>0</v>
+      </c>
+      <c r="G35" s="1">
+        <v>15000</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
+      </c>
+      <c r="K35">
+        <v>0</v>
+      </c>
+      <c r="L35">
+        <v>0</v>
+      </c>
+      <c r="M35" s="1">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36">
+        <v>481099</v>
+      </c>
+      <c r="E36" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
+      </c>
+      <c r="G36" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H36">
+        <v>0</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+      <c r="K36">
+        <v>0</v>
+      </c>
+      <c r="L36">
+        <v>0</v>
+      </c>
+      <c r="M36" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" t="s">
+        <v>151</v>
+      </c>
+      <c r="D37">
+        <v>481150</v>
+      </c>
+      <c r="E37" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F37">
+        <v>0</v>
+      </c>
+      <c r="G37" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+      <c r="K37">
+        <v>0</v>
+      </c>
+      <c r="L37">
+        <v>0</v>
+      </c>
+      <c r="M37" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>107</v>
+      </c>
+      <c r="B38" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" t="s">
+        <v>151</v>
+      </c>
+      <c r="D38">
+        <v>481154</v>
+      </c>
+      <c r="E38" s="1">
+        <v>8000</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
+      <c r="G38" s="1">
+        <v>8000</v>
+      </c>
+      <c r="H38">
+        <v>0</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+      <c r="K38">
+        <v>0</v>
+      </c>
+      <c r="L38">
+        <v>0</v>
+      </c>
+      <c r="M38" s="1">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>109</v>
+      </c>
+      <c r="B39" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" t="s">
+        <v>151</v>
+      </c>
+      <c r="D39">
+        <v>481156</v>
+      </c>
+      <c r="E39" s="1">
+        <v>12400</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
+      <c r="G39" s="1">
+        <v>12400</v>
+      </c>
+      <c r="H39">
+        <v>0</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+      <c r="K39">
+        <v>0</v>
+      </c>
+      <c r="L39">
+        <v>0</v>
+      </c>
+      <c r="M39" s="1">
+        <v>12400</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>111</v>
+      </c>
+      <c r="B40" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" t="s">
+        <v>152</v>
+      </c>
+      <c r="D40">
+        <v>481158</v>
+      </c>
+      <c r="E40" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F40">
+        <v>0</v>
+      </c>
+      <c r="G40" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H40">
+        <v>0</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+      <c r="K40">
+        <v>0</v>
+      </c>
+      <c r="L40">
+        <v>0</v>
+      </c>
+      <c r="M40" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>180</v>
+      </c>
+      <c r="B41" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" t="s">
+        <v>151</v>
+      </c>
+      <c r="D41">
+        <v>481178</v>
+      </c>
+      <c r="E41" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F41">
+        <v>0</v>
+      </c>
+      <c r="G41" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H41">
+        <v>0</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>0</v>
+      </c>
+      <c r="L41">
+        <v>0</v>
+      </c>
+      <c r="M41" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42">
+        <v>481188</v>
+      </c>
+      <c r="E42" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+      <c r="G42" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H42">
+        <v>0</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>0</v>
+      </c>
+      <c r="L42">
+        <v>0</v>
+      </c>
+      <c r="M42" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>220</v>
+      </c>
+      <c r="B43" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" t="s">
+        <v>151</v>
+      </c>
+      <c r="D43">
+        <v>481196</v>
+      </c>
+      <c r="E43" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F43">
+        <v>0</v>
+      </c>
+      <c r="G43" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H43">
+        <v>0</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+      <c r="K43">
+        <v>0</v>
+      </c>
+      <c r="L43">
+        <v>0</v>
+      </c>
+      <c r="M43" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>224</v>
+      </c>
+      <c r="B44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" t="s">
+        <v>151</v>
+      </c>
+      <c r="D44">
+        <v>481198</v>
+      </c>
+      <c r="E44" s="1">
+        <v>51000</v>
+      </c>
+      <c r="F44">
+        <v>0</v>
+      </c>
+      <c r="G44" s="1">
+        <v>51000</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+      <c r="I44" s="1">
+        <v>2447.25</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+      <c r="K44">
+        <v>0</v>
+      </c>
+      <c r="L44" s="1">
+        <v>2447.25</v>
+      </c>
+      <c r="M44" s="1">
+        <v>48552.75</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" t="s">
+        <v>151</v>
+      </c>
+      <c r="D45">
+        <v>481202</v>
+      </c>
+      <c r="E45" s="1">
+        <v>18000</v>
+      </c>
+      <c r="F45">
+        <v>0</v>
+      </c>
+      <c r="G45" s="1">
+        <v>18000</v>
+      </c>
+      <c r="H45">
+        <v>0</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+      <c r="K45">
+        <v>0</v>
+      </c>
+      <c r="L45">
+        <v>0</v>
+      </c>
+      <c r="M45" s="1">
+        <v>18000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>165</v>
+      </c>
+      <c r="B46" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" t="s">
+        <v>151</v>
+      </c>
+      <c r="D46">
+        <v>481206</v>
+      </c>
+      <c r="E46" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+      <c r="G46" s="1">
+        <v>15000</v>
+      </c>
+      <c r="H46">
+        <v>0</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+      <c r="K46">
+        <v>0</v>
+      </c>
+      <c r="L46">
+        <v>0</v>
+      </c>
+      <c r="M46" s="1">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>228</v>
+      </c>
+      <c r="B47" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" t="s">
+        <v>151</v>
+      </c>
+      <c r="D47">
+        <v>481208</v>
+      </c>
+      <c r="E47" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F47">
+        <v>0</v>
+      </c>
+      <c r="G47" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H47">
+        <v>0</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>0</v>
+      </c>
+      <c r="L47">
+        <v>0</v>
+      </c>
+      <c r="M47" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>229</v>
+      </c>
+      <c r="B48" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" t="s">
+        <v>151</v>
+      </c>
+      <c r="D48">
+        <v>481210</v>
+      </c>
+      <c r="E48" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F48">
+        <v>0</v>
+      </c>
+      <c r="G48" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H48">
+        <v>0</v>
+      </c>
+      <c r="I48">
+        <v>0</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>0</v>
+      </c>
+      <c r="L48">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>230</v>
+      </c>
+      <c r="B49" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" t="s">
+        <v>151</v>
+      </c>
+      <c r="D49">
+        <v>481212</v>
+      </c>
+      <c r="E49" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F49">
+        <v>0</v>
+      </c>
+      <c r="G49" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H49">
+        <v>0</v>
+      </c>
+      <c r="I49">
+        <v>0</v>
+      </c>
+      <c r="J49">
+        <v>0</v>
+      </c>
+      <c r="K49">
+        <v>0</v>
+      </c>
+      <c r="L49">
+        <v>0</v>
+      </c>
+      <c r="M49" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>86</v>
+      </c>
+      <c r="B50" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" t="s">
+        <v>151</v>
+      </c>
+      <c r="D50">
+        <v>481216</v>
+      </c>
+      <c r="E50" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F50">
+        <v>0</v>
+      </c>
+      <c r="G50" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H50">
+        <v>0</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>0</v>
+      </c>
+      <c r="L50">
+        <v>0</v>
+      </c>
+      <c r="M50" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>36</v>
+      </c>
+      <c r="B51" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" t="s">
+        <v>151</v>
+      </c>
+      <c r="D51">
+        <v>481222</v>
+      </c>
+      <c r="E51" s="1">
+        <v>20000</v>
+      </c>
+      <c r="F51">
+        <v>0</v>
+      </c>
+      <c r="G51" s="1">
+        <v>20000</v>
+      </c>
+      <c r="H51">
+        <v>0</v>
+      </c>
+      <c r="I51">
+        <v>0</v>
+      </c>
+      <c r="J51">
+        <v>0</v>
+      </c>
+      <c r="K51">
+        <v>0</v>
+      </c>
+      <c r="L51">
+        <v>0</v>
+      </c>
+      <c r="M51" s="1">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>236</v>
+      </c>
+      <c r="B52" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" t="s">
+        <v>151</v>
+      </c>
+      <c r="D52">
+        <v>481224</v>
+      </c>
+      <c r="E52" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F52">
+        <v>0</v>
+      </c>
+      <c r="G52" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H52">
+        <v>0</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
+      </c>
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>0</v>
+      </c>
+      <c r="L52">
+        <v>0</v>
+      </c>
+      <c r="M52" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>237</v>
+      </c>
+      <c r="B53" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" t="s">
+        <v>151</v>
+      </c>
+      <c r="D53">
+        <v>481226</v>
+      </c>
+      <c r="E53" s="1">
+        <v>23000</v>
+      </c>
+      <c r="F53">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>23000</v>
+      </c>
+      <c r="H53">
+        <v>0</v>
+      </c>
+      <c r="I53">
+        <v>0</v>
+      </c>
+      <c r="J53">
+        <v>0</v>
+      </c>
+      <c r="K53">
+        <v>0</v>
+      </c>
+      <c r="L53">
+        <v>0</v>
+      </c>
+      <c r="M53" s="1">
+        <v>23000</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>238</v>
+      </c>
+      <c r="B54" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" t="s">
+        <v>151</v>
+      </c>
+      <c r="D54">
+        <v>481230</v>
+      </c>
+      <c r="E54" s="1">
+        <v>12000</v>
+      </c>
+      <c r="F54">
+        <v>0</v>
+      </c>
+      <c r="G54" s="1">
+        <v>12000</v>
+      </c>
+      <c r="H54">
+        <v>0</v>
+      </c>
+      <c r="I54">
+        <v>0</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>0</v>
+      </c>
+      <c r="L54">
+        <v>0</v>
+      </c>
+      <c r="M54" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>240</v>
+      </c>
+      <c r="B55" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" t="s">
+        <v>151</v>
+      </c>
+      <c r="D55">
+        <v>481234</v>
+      </c>
+      <c r="E55" s="1">
+        <v>12000</v>
+      </c>
+      <c r="F55">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>12000</v>
+      </c>
+      <c r="H55">
+        <v>0</v>
+      </c>
+      <c r="I55">
+        <v>0</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+      <c r="K55">
+        <v>0</v>
+      </c>
+      <c r="L55">
+        <v>0</v>
+      </c>
+      <c r="M55" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>241</v>
+      </c>
+      <c r="B56" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" t="s">
+        <v>151</v>
+      </c>
+      <c r="D56">
+        <v>481236</v>
+      </c>
+      <c r="E56" s="1">
+        <v>12000</v>
+      </c>
+      <c r="F56">
+        <v>0</v>
+      </c>
+      <c r="G56" s="1">
+        <v>12000</v>
+      </c>
+      <c r="H56">
+        <v>0</v>
+      </c>
+      <c r="I56">
+        <v>0</v>
+      </c>
+      <c r="J56">
+        <v>0</v>
+      </c>
+      <c r="K56">
+        <v>0</v>
+      </c>
+      <c r="L56">
+        <v>0</v>
+      </c>
+      <c r="M56" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>245</v>
+      </c>
+      <c r="B57" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" t="s">
+        <v>151</v>
+      </c>
+      <c r="D57">
+        <v>481238</v>
+      </c>
+      <c r="E57" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F57">
+        <v>0</v>
+      </c>
+      <c r="G57" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H57">
+        <v>0</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>0</v>
+      </c>
+      <c r="L57">
+        <v>0</v>
+      </c>
+      <c r="M57" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>246</v>
+      </c>
+      <c r="B58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" t="s">
+        <v>151</v>
+      </c>
+      <c r="D58">
+        <v>481240</v>
+      </c>
+      <c r="E58" s="1">
+        <v>18000</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
+      </c>
+      <c r="G58" s="1">
+        <v>18000</v>
+      </c>
+      <c r="H58">
+        <v>0</v>
+      </c>
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="J58">
+        <v>0</v>
+      </c>
+      <c r="K58">
+        <v>0</v>
+      </c>
+      <c r="L58">
+        <v>0</v>
+      </c>
+      <c r="M58" s="1">
+        <v>18000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>247</v>
+      </c>
+      <c r="B59" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" t="s">
+        <v>151</v>
+      </c>
+      <c r="D59">
+        <v>481242</v>
+      </c>
+      <c r="E59" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F59">
+        <v>0</v>
+      </c>
+      <c r="G59" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H59">
+        <v>0</v>
+      </c>
+      <c r="I59">
+        <v>0</v>
+      </c>
+      <c r="J59">
+        <v>0</v>
+      </c>
+      <c r="K59">
+        <v>0</v>
+      </c>
+      <c r="L59">
+        <v>0</v>
+      </c>
+      <c r="M59" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>248</v>
+      </c>
+      <c r="B60" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" t="s">
+        <v>151</v>
+      </c>
+      <c r="D60">
+        <v>481244</v>
+      </c>
+      <c r="E60" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F60">
+        <v>0</v>
+      </c>
+      <c r="G60" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H60">
+        <v>0</v>
+      </c>
+      <c r="I60">
+        <v>0</v>
+      </c>
+      <c r="J60">
+        <v>0</v>
+      </c>
+      <c r="K60">
+        <v>0</v>
+      </c>
+      <c r="L60">
+        <v>0</v>
+      </c>
+      <c r="M60" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" t="s">
+        <v>151</v>
+      </c>
+      <c r="D61">
+        <v>481246</v>
+      </c>
+      <c r="E61" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+      <c r="G61" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H61">
+        <v>0</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="J61">
+        <v>0</v>
+      </c>
+      <c r="K61">
+        <v>0</v>
+      </c>
+      <c r="L61">
+        <v>0</v>
+      </c>
+      <c r="M61" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>33</v>
+      </c>
+      <c r="B62" t="s">
+        <v>34</v>
+      </c>
+      <c r="C62" t="s">
+        <v>151</v>
+      </c>
+      <c r="D62">
+        <v>480752</v>
+      </c>
+      <c r="E62" s="1">
+        <v>31500</v>
+      </c>
+      <c r="F62">
+        <v>0</v>
+      </c>
+      <c r="G62" s="1">
+        <v>31500</v>
+      </c>
+      <c r="H62">
+        <v>0</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
+      </c>
+      <c r="J62">
+        <v>0</v>
+      </c>
+      <c r="K62">
+        <v>0</v>
+      </c>
+      <c r="L62">
+        <v>0</v>
+      </c>
+      <c r="M62" s="1">
+        <v>31500</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>115</v>
+      </c>
+      <c r="B63">
+        <v>49</v>
+      </c>
+      <c r="E63" s="1">
+        <v>857600</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
+      </c>
+      <c r="G63" s="1">
+        <v>857600</v>
+      </c>
+      <c r="H63">
+        <v>0</v>
+      </c>
+      <c r="I63" s="1">
+        <v>10037.629999999999</v>
+      </c>
+      <c r="J63">
+        <v>0</v>
+      </c>
+      <c r="K63">
+        <v>0</v>
+      </c>
+      <c r="L63" s="1">
+        <v>10037.629999999999</v>
+      </c>
+      <c r="M63" s="1">
+        <v>847562.37</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="66" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="6" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>117</v>
+      </c>
+      <c r="B67" t="s">
+        <v>118</v>
+      </c>
+      <c r="C67" t="s">
+        <v>151</v>
+      </c>
+      <c r="D67">
+        <v>410016</v>
+      </c>
+      <c r="E67" s="1">
+        <v>90000</v>
+      </c>
+      <c r="F67">
+        <v>0</v>
+      </c>
+      <c r="G67" s="1">
+        <v>90000</v>
+      </c>
+      <c r="H67">
+        <v>0</v>
+      </c>
+      <c r="I67" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="J67">
+        <v>0</v>
+      </c>
+      <c r="K67">
+        <v>0</v>
+      </c>
+      <c r="L67" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="M67" s="1">
+        <v>78917.13</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>115</v>
+      </c>
+      <c r="B68">
+        <v>1</v>
+      </c>
+      <c r="E68" s="1">
+        <v>90000</v>
+      </c>
+      <c r="F68">
+        <v>0</v>
+      </c>
+      <c r="G68" s="1">
+        <v>90000</v>
+      </c>
+      <c r="H68">
+        <v>0</v>
+      </c>
+      <c r="I68" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="J68">
+        <v>0</v>
+      </c>
+      <c r="K68">
+        <v>0</v>
+      </c>
+      <c r="L68" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="M68" s="1">
+        <v>78917.13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>120</v>
+      </c>
+      <c r="B70">
+        <v>50</v>
+      </c>
+      <c r="E70" s="1">
+        <v>947600</v>
+      </c>
+      <c r="F70">
+        <v>0</v>
+      </c>
+      <c r="G70" s="1">
+        <v>947600</v>
+      </c>
+      <c r="H70">
+        <v>0</v>
+      </c>
+      <c r="I70" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="J70">
+        <v>0</v>
+      </c>
+      <c r="K70">
+        <v>0</v>
+      </c>
+      <c r="L70" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="M70" s="1">
+        <v>926479.5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>121</v>
+      </c>
+      <c r="B74" t="s">
+        <v>122</v>
+      </c>
+      <c r="D74" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>124</v>
+      </c>
+      <c r="B75">
+        <v>2001</v>
+      </c>
+      <c r="D75" s="1">
+        <v>21120.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>256</v>
+      </c>
+      <c r="B79" t="s">
+        <v>127</v>
+      </c>
+      <c r="D79" t="s">
+        <v>169</v>
+      </c>
+      <c r="E79" t="s">
+        <v>129</v>
+      </c>
+      <c r="F79" t="s">
+        <v>130</v>
+      </c>
+      <c r="G79" t="s">
+        <v>131</v>
+      </c>
+      <c r="H79" t="s">
+        <v>132</v>
+      </c>
+      <c r="I79" t="s">
+        <v>133</v>
+      </c>
+      <c r="J79" t="s">
+        <v>134</v>
+      </c>
+      <c r="K79" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>136</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1</v>
+      </c>
+      <c r="D84" t="s">
+        <v>170</v>
+      </c>
+      <c r="E84" t="s">
+        <v>138</v>
+      </c>
+      <c r="F84" t="s">
+        <v>6</v>
+      </c>
+      <c r="G84" t="s">
+        <v>7</v>
+      </c>
+      <c r="H84" t="s">
+        <v>8</v>
+      </c>
+      <c r="I84" t="s">
+        <v>9</v>
+      </c>
+      <c r="J84" t="s">
+        <v>10</v>
+      </c>
+      <c r="K84" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>139</v>
+      </c>
+      <c r="B85">
+        <v>50</v>
+      </c>
+      <c r="D85">
+        <v>0</v>
+      </c>
+      <c r="E85" s="1">
+        <v>947600</v>
+      </c>
+      <c r="F85">
+        <v>0</v>
+      </c>
+      <c r="G85" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="H85">
+        <v>0</v>
+      </c>
+      <c r="I85">
+        <v>0</v>
+      </c>
+      <c r="J85" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="K85" s="1">
+        <v>926479.5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>121</v>
+      </c>
+      <c r="B89" t="s">
+        <v>122</v>
+      </c>
+      <c r="D89" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>124</v>
+      </c>
+      <c r="B90">
+        <v>2001</v>
+      </c>
+      <c r="D90" s="1">
+        <v>21120.5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="3" t="s">
+        <v>141</v>
+      </c>
+      <c r="B96" s="3"/>
+      <c r="C96" s="3" t="s">
+        <v>161</v>
+      </c>
+      <c r="D96" s="3"/>
+      <c r="E96" s="3"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="5"/>
+      <c r="H96" s="3" t="s">
+        <v>142</v>
+      </c>
+      <c r="I96" s="3"/>
+      <c r="J96" s="3"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="3"/>
+    </row>
+    <row r="97" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="3"/>
+      <c r="B97" s="3"/>
+      <c r="C97" s="3"/>
+      <c r="D97" s="3"/>
+      <c r="E97" s="3"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="5"/>
+      <c r="H97" s="3"/>
+      <c r="I97" s="3"/>
+      <c r="J97" s="3"/>
+      <c r="K97" s="3"/>
+      <c r="L97" s="3"/>
+    </row>
+    <row r="98" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B98" s="3"/>
+      <c r="C98" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D98" s="3"/>
+      <c r="E98" s="3"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="5"/>
+      <c r="H98" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="I98" s="3"/>
+      <c r="J98" s="3"/>
+      <c r="K98" s="3"/>
+      <c r="L98" s="3"/>
+    </row>
+    <row r="99" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B99" s="3"/>
+      <c r="C99" s="3" t="s">
+        <v>159</v>
+      </c>
+      <c r="D99" s="3"/>
+      <c r="E99" s="3"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="5"/>
+      <c r="H99" s="3" t="s">
+        <v>158</v>
+      </c>
+      <c r="I99" s="3"/>
+      <c r="J99" s="3"/>
+      <c r="K99" s="3"/>
+      <c r="L99" s="3"/>
+    </row>
+    <row r="100" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B100" s="3"/>
+      <c r="C100" s="3" t="s">
+        <v>157</v>
+      </c>
+      <c r="D100" s="3"/>
+      <c r="E100" s="3"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="5"/>
+      <c r="H100" s="3" t="s">
+        <v>156</v>
+      </c>
+      <c r="I100" s="3"/>
+      <c r="J100" s="3"/>
+      <c r="K100" s="3"/>
+      <c r="L100" s="3"/>
+    </row>
+    <row r="101" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="3"/>
+      <c r="B101" s="3"/>
+      <c r="C101" s="3"/>
+      <c r="D101" s="3"/>
+      <c r="E101" s="3"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="5"/>
+      <c r="H101" s="3"/>
+      <c r="I101" s="3"/>
+      <c r="J101" s="3"/>
+      <c r="K101" s="3"/>
+      <c r="L101" s="3"/>
+    </row>
+    <row r="102" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="3"/>
+      <c r="B102" s="3"/>
+      <c r="C102" s="3"/>
+      <c r="D102" s="3"/>
+      <c r="E102" s="3"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="5"/>
+      <c r="H102" s="3"/>
+      <c r="I102" s="3"/>
+      <c r="J102" s="3"/>
+      <c r="K102" s="3"/>
+      <c r="L102" s="3"/>
+    </row>
+    <row r="103" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="3"/>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="5"/>
+      <c r="H103" s="3"/>
+      <c r="I103" s="3"/>
+      <c r="J103" s="3"/>
+      <c r="K103" s="3"/>
+      <c r="L103" s="3"/>
+    </row>
+    <row r="104" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="2"/>
+      <c r="B104" s="3"/>
+      <c r="C104" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="D104" s="3"/>
+      <c r="E104" s="3"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="3"/>
+      <c r="I104" s="2"/>
+      <c r="J104" s="2"/>
+      <c r="K104" s="2"/>
+      <c r="L104" s="2"/>
+    </row>
+    <row r="105" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="2"/>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="D105" s="3"/>
+      <c r="E105" s="3"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="3"/>
+      <c r="I105" s="2"/>
+      <c r="J105" s="2"/>
+      <c r="K105" s="2"/>
+      <c r="L105" s="2"/>
+    </row>
+    <row r="106" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="2"/>
+      <c r="B106" s="3"/>
+      <c r="C106" s="3" t="s">
+        <v>154</v>
+      </c>
+      <c r="D106" s="3"/>
+      <c r="E106" s="3"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="3"/>
+      <c r="I106" s="2"/>
+      <c r="J106" s="2"/>
+      <c r="K106" s="2"/>
+      <c r="L106" s="2"/>
+    </row>
+    <row r="107" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="2"/>
+      <c r="B107" s="3"/>
+      <c r="C107" s="3" t="s">
+        <v>153</v>
+      </c>
+      <c r="D107" s="3"/>
+      <c r="E107" s="3"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="3"/>
+      <c r="I107" s="2"/>
+      <c r="J107" s="2"/>
+      <c r="K107" s="2"/>
+      <c r="L107" s="2"/>
+    </row>
+    <row r="108" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CE9B7CCA-1FBE-44CD-9335-B40671F2C758}">
+  <dimension ref="A1:Q111"/>
+  <sheetViews>
+    <sheetView tabSelected="1" view="pageBreakPreview" topLeftCell="A88" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="R106" sqref="R106"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="35.28515625" customWidth="1"/>
+    <col min="2" max="2" width="19.42578125" customWidth="1"/>
+    <col min="3" max="3" width="11.7109375" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="3"/>
+      <c r="C2" s="3"/>
+      <c r="D2" s="3"/>
+      <c r="E2" s="3"/>
+      <c r="F2" s="3"/>
+    </row>
+    <row r="3" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G3" s="3"/>
+      <c r="H3" s="3"/>
+      <c r="I3" s="3"/>
+      <c r="J3" s="3"/>
+      <c r="K3" s="3"/>
+    </row>
+    <row r="4" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="3"/>
+      <c r="C4" s="3"/>
+      <c r="D4" s="3"/>
+      <c r="E4" s="3"/>
+      <c r="F4" s="3"/>
+      <c r="H4" s="3"/>
+      <c r="I4" s="3"/>
+      <c r="J4" s="3"/>
+      <c r="K4" s="3"/>
+    </row>
+    <row r="5" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G5" s="3"/>
+      <c r="H5" s="3" t="s">
+        <v>146</v>
+      </c>
+      <c r="I5" s="3"/>
+      <c r="J5" s="3"/>
+      <c r="K5" s="3"/>
+    </row>
+    <row r="6" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="3"/>
+      <c r="C6" s="3"/>
+      <c r="D6" s="3"/>
+      <c r="E6" s="3"/>
+      <c r="F6" s="3"/>
+      <c r="G6" s="2"/>
+      <c r="H6" s="4" t="s">
+        <v>147</v>
+      </c>
+      <c r="I6" s="3"/>
+      <c r="J6" s="3"/>
+      <c r="K6" s="3"/>
+      <c r="P6" s="2"/>
+      <c r="Q6" s="2"/>
+    </row>
+    <row r="7" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="I7" s="3"/>
+      <c r="J7" s="3"/>
+      <c r="K7" s="3"/>
+      <c r="P7" s="2"/>
+      <c r="Q7" s="2"/>
+    </row>
+    <row r="8" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="G8" s="3"/>
+      <c r="H8" s="4" t="s">
+        <v>258</v>
+      </c>
+      <c r="I8" s="3"/>
+      <c r="J8" s="3"/>
+      <c r="K8" s="3"/>
+      <c r="P8" s="2"/>
+      <c r="Q8" s="2"/>
+    </row>
+    <row r="9" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="10" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:17" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>0</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>1</v>
+      </c>
+      <c r="C11" s="4" t="s">
+        <v>150</v>
+      </c>
+      <c r="D11" s="4" t="s">
+        <v>163</v>
+      </c>
+      <c r="E11" s="4" t="s">
+        <v>3</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="G11" s="4" t="s">
+        <v>5</v>
+      </c>
+      <c r="H11" s="4" t="s">
+        <v>6</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>7</v>
+      </c>
+      <c r="J11" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="K11" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="L11" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="M11" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="13" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="6" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="14" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>13</v>
+      </c>
+      <c r="B14" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" t="s">
+        <v>151</v>
+      </c>
+      <c r="D14">
+        <v>480649</v>
+      </c>
+      <c r="E14" s="1">
+        <v>66000</v>
+      </c>
+      <c r="F14">
+        <v>0</v>
+      </c>
+      <c r="G14" s="1">
+        <v>66000</v>
+      </c>
+      <c r="H14">
+        <v>0</v>
+      </c>
+      <c r="I14" s="1">
+        <v>5395.88</v>
+      </c>
+      <c r="J14">
+        <v>0</v>
+      </c>
+      <c r="K14">
+        <v>0</v>
+      </c>
+      <c r="L14" s="1">
+        <v>5395.88</v>
+      </c>
+      <c r="M14" s="1">
+        <v>60604.12</v>
+      </c>
+    </row>
+    <row r="15" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>98</v>
+      </c>
+      <c r="B15" t="s">
+        <v>99</v>
+      </c>
+      <c r="C15" t="s">
+        <v>152</v>
+      </c>
+      <c r="D15">
+        <v>481146</v>
+      </c>
+      <c r="E15" s="1">
+        <v>45000</v>
+      </c>
+      <c r="F15">
+        <v>0</v>
+      </c>
+      <c r="G15" s="1">
+        <v>45000</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>1547.25</v>
+      </c>
+      <c r="J15">
+        <v>0</v>
+      </c>
+      <c r="K15">
+        <v>0</v>
+      </c>
+      <c r="L15" s="1">
+        <v>1547.25</v>
+      </c>
+      <c r="M15" s="1">
+        <v>43452.75</v>
+      </c>
+    </row>
+    <row r="16" spans="1:17" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>17</v>
+      </c>
+      <c r="C16" t="s">
+        <v>151</v>
+      </c>
+      <c r="D16">
+        <v>480655</v>
+      </c>
+      <c r="E16" s="1">
+        <v>34000</v>
+      </c>
+      <c r="F16">
+        <v>0</v>
+      </c>
+      <c r="G16" s="1">
+        <v>34000</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16">
+        <v>0</v>
+      </c>
+      <c r="J16">
+        <v>0</v>
+      </c>
+      <c r="K16">
+        <v>0</v>
+      </c>
+      <c r="L16">
+        <v>0</v>
+      </c>
+      <c r="M16" s="1">
+        <v>34000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" t="s">
+        <v>17</v>
+      </c>
+      <c r="C17" t="s">
+        <v>151</v>
+      </c>
+      <c r="D17">
+        <v>480663</v>
+      </c>
+      <c r="E17" s="1">
+        <v>9400</v>
+      </c>
+      <c r="F17">
+        <v>0</v>
+      </c>
+      <c r="G17" s="1">
+        <v>9400</v>
+      </c>
+      <c r="H17">
+        <v>0</v>
+      </c>
+      <c r="I17">
+        <v>0</v>
+      </c>
+      <c r="J17">
+        <v>0</v>
+      </c>
+      <c r="K17">
+        <v>0</v>
+      </c>
+      <c r="L17">
+        <v>0</v>
+      </c>
+      <c r="M17" s="1">
+        <v>9400</v>
+      </c>
+    </row>
+    <row r="18" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>23</v>
+      </c>
+      <c r="B18" t="s">
+        <v>17</v>
+      </c>
+      <c r="C18" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18">
+        <v>480683</v>
+      </c>
+      <c r="E18" s="1">
+        <v>24000</v>
+      </c>
+      <c r="F18">
+        <v>0</v>
+      </c>
+      <c r="G18" s="1">
+        <v>24000</v>
+      </c>
+      <c r="H18">
+        <v>0</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18">
+        <v>0</v>
+      </c>
+      <c r="K18">
+        <v>0</v>
+      </c>
+      <c r="L18">
+        <v>0</v>
+      </c>
+      <c r="M18" s="1">
+        <v>24000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>25</v>
+      </c>
+      <c r="B19" t="s">
+        <v>17</v>
+      </c>
+      <c r="C19" t="s">
+        <v>151</v>
+      </c>
+      <c r="D19">
+        <v>480707</v>
+      </c>
+      <c r="E19" s="1">
+        <v>29000</v>
+      </c>
+      <c r="F19">
+        <v>0</v>
+      </c>
+      <c r="G19" s="1">
+        <v>29000</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19">
+        <v>0</v>
+      </c>
+      <c r="J19">
+        <v>0</v>
+      </c>
+      <c r="K19">
+        <v>0</v>
+      </c>
+      <c r="L19">
+        <v>0</v>
+      </c>
+      <c r="M19" s="1">
+        <v>29000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>27</v>
+      </c>
+      <c r="B20" t="s">
+        <v>17</v>
+      </c>
+      <c r="C20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D20">
+        <v>480727</v>
+      </c>
+      <c r="E20" s="1">
+        <v>14400</v>
+      </c>
+      <c r="F20">
+        <v>0</v>
+      </c>
+      <c r="G20" s="1">
+        <v>14400</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20">
+        <v>0</v>
+      </c>
+      <c r="J20">
+        <v>0</v>
+      </c>
+      <c r="K20">
+        <v>0</v>
+      </c>
+      <c r="L20">
+        <v>0</v>
+      </c>
+      <c r="M20" s="1">
+        <v>14400</v>
+      </c>
+    </row>
+    <row r="21" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" t="s">
+        <v>17</v>
+      </c>
+      <c r="C21" t="s">
+        <v>151</v>
+      </c>
+      <c r="D21">
+        <v>480729</v>
+      </c>
+      <c r="E21" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F21">
+        <v>0</v>
+      </c>
+      <c r="G21" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H21">
+        <v>0</v>
+      </c>
+      <c r="I21">
+        <v>0</v>
+      </c>
+      <c r="J21">
+        <v>0</v>
+      </c>
+      <c r="K21">
+        <v>0</v>
+      </c>
+      <c r="L21">
+        <v>0</v>
+      </c>
+      <c r="M21" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>31</v>
+      </c>
+      <c r="B22" t="s">
+        <v>17</v>
+      </c>
+      <c r="C22" t="s">
+        <v>151</v>
+      </c>
+      <c r="D22">
+        <v>480731</v>
+      </c>
+      <c r="E22" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F22">
+        <v>0</v>
+      </c>
+      <c r="G22" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H22">
+        <v>0</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="J22">
+        <v>0</v>
+      </c>
+      <c r="K22">
+        <v>0</v>
+      </c>
+      <c r="L22">
+        <v>0</v>
+      </c>
+      <c r="M22" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>40</v>
+      </c>
+      <c r="B23" t="s">
+        <v>17</v>
+      </c>
+      <c r="C23" t="s">
+        <v>151</v>
+      </c>
+      <c r="D23">
+        <v>480872</v>
+      </c>
+      <c r="E23" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F23">
+        <v>0</v>
+      </c>
+      <c r="G23" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23">
+        <v>0</v>
+      </c>
+      <c r="J23">
+        <v>0</v>
+      </c>
+      <c r="K23">
+        <v>0</v>
+      </c>
+      <c r="L23">
+        <v>0</v>
+      </c>
+      <c r="M23" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>42</v>
+      </c>
+      <c r="B24" t="s">
+        <v>17</v>
+      </c>
+      <c r="C24" t="s">
+        <v>151</v>
+      </c>
+      <c r="D24">
+        <v>480916</v>
+      </c>
+      <c r="E24" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F24">
+        <v>0</v>
+      </c>
+      <c r="G24" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24">
+        <v>0</v>
+      </c>
+      <c r="J24">
+        <v>0</v>
+      </c>
+      <c r="K24">
+        <v>0</v>
+      </c>
+      <c r="L24">
+        <v>0</v>
+      </c>
+      <c r="M24" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>44</v>
+      </c>
+      <c r="B25" t="s">
+        <v>17</v>
+      </c>
+      <c r="C25" t="s">
+        <v>151</v>
+      </c>
+      <c r="D25">
+        <v>480926</v>
+      </c>
+      <c r="E25" s="1">
+        <v>19000</v>
+      </c>
+      <c r="F25">
+        <v>0</v>
+      </c>
+      <c r="G25" s="1">
+        <v>19000</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25">
+        <v>0</v>
+      </c>
+      <c r="J25">
+        <v>0</v>
+      </c>
+      <c r="K25">
+        <v>0</v>
+      </c>
+      <c r="L25">
+        <v>0</v>
+      </c>
+      <c r="M25" s="1">
+        <v>19000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A26" t="s">
+        <v>46</v>
+      </c>
+      <c r="B26" t="s">
+        <v>17</v>
+      </c>
+      <c r="C26" t="s">
+        <v>151</v>
+      </c>
+      <c r="D26">
+        <v>480928</v>
+      </c>
+      <c r="E26" s="1">
+        <v>24000</v>
+      </c>
+      <c r="F26">
+        <v>0</v>
+      </c>
+      <c r="G26" s="1">
+        <v>24000</v>
+      </c>
+      <c r="H26">
+        <v>0</v>
+      </c>
+      <c r="I26">
+        <v>0</v>
+      </c>
+      <c r="J26">
+        <v>0</v>
+      </c>
+      <c r="K26">
+        <v>0</v>
+      </c>
+      <c r="L26">
+        <v>0</v>
+      </c>
+      <c r="M26" s="1">
+        <v>24000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>50</v>
+      </c>
+      <c r="B27" t="s">
+        <v>17</v>
+      </c>
+      <c r="C27" t="s">
+        <v>151</v>
+      </c>
+      <c r="D27">
+        <v>480999</v>
+      </c>
+      <c r="E27" s="1">
+        <v>39000</v>
+      </c>
+      <c r="F27">
+        <v>0</v>
+      </c>
+      <c r="G27" s="1">
+        <v>39000</v>
+      </c>
+      <c r="H27">
+        <v>0</v>
+      </c>
+      <c r="I27">
+        <v>647.25</v>
+      </c>
+      <c r="J27">
+        <v>0</v>
+      </c>
+      <c r="K27">
+        <v>0</v>
+      </c>
+      <c r="L27">
+        <v>647.25</v>
+      </c>
+      <c r="M27" s="1">
+        <v>38352.75</v>
+      </c>
+    </row>
+    <row r="28" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>56</v>
+      </c>
+      <c r="B28" t="s">
+        <v>17</v>
+      </c>
+      <c r="C28" t="s">
+        <v>151</v>
+      </c>
+      <c r="D28">
+        <v>481050</v>
+      </c>
+      <c r="E28" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F28">
+        <v>0</v>
+      </c>
+      <c r="G28" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28">
+        <v>0</v>
+      </c>
+      <c r="J28">
+        <v>0</v>
+      </c>
+      <c r="K28">
+        <v>0</v>
+      </c>
+      <c r="L28">
+        <v>0</v>
+      </c>
+      <c r="M28" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>58</v>
+      </c>
+      <c r="B29" t="s">
+        <v>17</v>
+      </c>
+      <c r="C29" t="s">
+        <v>151</v>
+      </c>
+      <c r="D29">
+        <v>481062</v>
+      </c>
+      <c r="E29" s="1">
+        <v>10900</v>
+      </c>
+      <c r="F29">
+        <v>0</v>
+      </c>
+      <c r="G29" s="1">
+        <v>10900</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29">
+        <v>0</v>
+      </c>
+      <c r="J29">
+        <v>0</v>
+      </c>
+      <c r="K29">
+        <v>0</v>
+      </c>
+      <c r="L29">
+        <v>0</v>
+      </c>
+      <c r="M29" s="1">
+        <v>10900</v>
+      </c>
+    </row>
+    <row r="30" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A30" t="s">
+        <v>60</v>
+      </c>
+      <c r="B30" t="s">
+        <v>17</v>
+      </c>
+      <c r="C30" t="s">
+        <v>151</v>
+      </c>
+      <c r="D30">
+        <v>481073</v>
+      </c>
+      <c r="E30" s="1">
+        <v>8000</v>
+      </c>
+      <c r="F30">
+        <v>0</v>
+      </c>
+      <c r="G30" s="1">
+        <v>8000</v>
+      </c>
+      <c r="H30">
+        <v>0</v>
+      </c>
+      <c r="I30">
+        <v>0</v>
+      </c>
+      <c r="J30">
+        <v>0</v>
+      </c>
+      <c r="K30">
+        <v>0</v>
+      </c>
+      <c r="L30">
+        <v>0</v>
+      </c>
+      <c r="M30" s="1">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="31" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>62</v>
+      </c>
+      <c r="B31" t="s">
+        <v>17</v>
+      </c>
+      <c r="C31" t="s">
+        <v>151</v>
+      </c>
+      <c r="D31">
+        <v>481083</v>
+      </c>
+      <c r="E31" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F31">
+        <v>0</v>
+      </c>
+      <c r="G31" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H31">
+        <v>0</v>
+      </c>
+      <c r="I31">
+        <v>0</v>
+      </c>
+      <c r="J31">
+        <v>0</v>
+      </c>
+      <c r="K31">
+        <v>0</v>
+      </c>
+      <c r="L31">
+        <v>0</v>
+      </c>
+      <c r="M31" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="32" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" t="s">
+        <v>17</v>
+      </c>
+      <c r="C32" t="s">
+        <v>151</v>
+      </c>
+      <c r="D32">
+        <v>481091</v>
+      </c>
+      <c r="E32" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F32">
+        <v>0</v>
+      </c>
+      <c r="G32" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+      <c r="K32">
+        <v>0</v>
+      </c>
+      <c r="L32">
+        <v>0</v>
+      </c>
+      <c r="M32" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="33" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>72</v>
+      </c>
+      <c r="B33" t="s">
+        <v>17</v>
+      </c>
+      <c r="C33" t="s">
+        <v>151</v>
+      </c>
+      <c r="D33">
+        <v>481093</v>
+      </c>
+      <c r="E33" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F33">
+        <v>0</v>
+      </c>
+      <c r="G33" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+      <c r="K33">
+        <v>0</v>
+      </c>
+      <c r="L33">
+        <v>0</v>
+      </c>
+      <c r="M33" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A34" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" t="s">
+        <v>17</v>
+      </c>
+      <c r="C34" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34">
+        <v>481095</v>
+      </c>
+      <c r="E34" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="G34" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H34">
+        <v>0</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>0</v>
+      </c>
+      <c r="L34">
+        <v>0</v>
+      </c>
+      <c r="M34" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="35" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>76</v>
+      </c>
+      <c r="B35" t="s">
+        <v>17</v>
+      </c>
+      <c r="C35" t="s">
+        <v>151</v>
+      </c>
+      <c r="D35">
+        <v>481097</v>
+      </c>
+      <c r="E35" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F35">
+        <v>0</v>
+      </c>
+      <c r="G35" s="1">
+        <v>15000</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35">
+        <v>0</v>
+      </c>
+      <c r="J35">
+        <v>0</v>
+      </c>
+      <c r="K35">
+        <v>0</v>
+      </c>
+      <c r="L35">
+        <v>0</v>
+      </c>
+      <c r="M35" s="1">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A36" t="s">
+        <v>78</v>
+      </c>
+      <c r="B36" t="s">
+        <v>17</v>
+      </c>
+      <c r="C36" t="s">
+        <v>151</v>
+      </c>
+      <c r="D36">
+        <v>481099</v>
+      </c>
+      <c r="E36" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F36">
+        <v>0</v>
+      </c>
+      <c r="G36" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H36">
+        <v>0</v>
+      </c>
+      <c r="I36">
+        <v>0</v>
+      </c>
+      <c r="J36">
+        <v>0</v>
+      </c>
+      <c r="K36">
+        <v>0</v>
+      </c>
+      <c r="L36">
+        <v>0</v>
+      </c>
+      <c r="M36" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="37" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>17</v>
+      </c>
+      <c r="C37" t="s">
+        <v>151</v>
+      </c>
+      <c r="D37">
+        <v>481150</v>
+      </c>
+      <c r="E37" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F37">
+        <v>0</v>
+      </c>
+      <c r="G37" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H37">
+        <v>0</v>
+      </c>
+      <c r="I37">
+        <v>0</v>
+      </c>
+      <c r="J37">
+        <v>0</v>
+      </c>
+      <c r="K37">
+        <v>0</v>
+      </c>
+      <c r="L37">
+        <v>0</v>
+      </c>
+      <c r="M37" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>107</v>
+      </c>
+      <c r="B38" t="s">
+        <v>17</v>
+      </c>
+      <c r="C38" t="s">
+        <v>151</v>
+      </c>
+      <c r="D38">
+        <v>481154</v>
+      </c>
+      <c r="E38" s="1">
+        <v>8000</v>
+      </c>
+      <c r="F38">
+        <v>0</v>
+      </c>
+      <c r="G38" s="1">
+        <v>8000</v>
+      </c>
+      <c r="H38">
+        <v>0</v>
+      </c>
+      <c r="I38">
+        <v>0</v>
+      </c>
+      <c r="J38">
+        <v>0</v>
+      </c>
+      <c r="K38">
+        <v>0</v>
+      </c>
+      <c r="L38">
+        <v>0</v>
+      </c>
+      <c r="M38" s="1">
+        <v>8000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>109</v>
+      </c>
+      <c r="B39" t="s">
+        <v>17</v>
+      </c>
+      <c r="C39" t="s">
+        <v>151</v>
+      </c>
+      <c r="D39">
+        <v>481156</v>
+      </c>
+      <c r="E39" s="1">
+        <v>12400</v>
+      </c>
+      <c r="F39">
+        <v>0</v>
+      </c>
+      <c r="G39" s="1">
+        <v>12400</v>
+      </c>
+      <c r="H39">
+        <v>0</v>
+      </c>
+      <c r="I39">
+        <v>0</v>
+      </c>
+      <c r="J39">
+        <v>0</v>
+      </c>
+      <c r="K39">
+        <v>0</v>
+      </c>
+      <c r="L39">
+        <v>0</v>
+      </c>
+      <c r="M39" s="1">
+        <v>12400</v>
+      </c>
+    </row>
+    <row r="40" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>111</v>
+      </c>
+      <c r="B40" t="s">
+        <v>17</v>
+      </c>
+      <c r="C40" t="s">
+        <v>152</v>
+      </c>
+      <c r="D40">
+        <v>481158</v>
+      </c>
+      <c r="E40" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F40">
+        <v>0</v>
+      </c>
+      <c r="G40" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H40">
+        <v>0</v>
+      </c>
+      <c r="I40">
+        <v>0</v>
+      </c>
+      <c r="J40">
+        <v>0</v>
+      </c>
+      <c r="K40">
+        <v>0</v>
+      </c>
+      <c r="L40">
+        <v>0</v>
+      </c>
+      <c r="M40" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="41" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>180</v>
+      </c>
+      <c r="B41" t="s">
+        <v>17</v>
+      </c>
+      <c r="C41" t="s">
+        <v>151</v>
+      </c>
+      <c r="D41">
+        <v>481178</v>
+      </c>
+      <c r="E41" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F41">
+        <v>0</v>
+      </c>
+      <c r="G41" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H41">
+        <v>0</v>
+      </c>
+      <c r="I41">
+        <v>0</v>
+      </c>
+      <c r="J41">
+        <v>0</v>
+      </c>
+      <c r="K41">
+        <v>0</v>
+      </c>
+      <c r="L41">
+        <v>0</v>
+      </c>
+      <c r="M41" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="42" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>218</v>
+      </c>
+      <c r="B42" t="s">
+        <v>17</v>
+      </c>
+      <c r="C42" t="s">
+        <v>151</v>
+      </c>
+      <c r="D42">
+        <v>481188</v>
+      </c>
+      <c r="E42" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F42">
+        <v>0</v>
+      </c>
+      <c r="G42" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H42">
+        <v>0</v>
+      </c>
+      <c r="I42">
+        <v>0</v>
+      </c>
+      <c r="J42">
+        <v>0</v>
+      </c>
+      <c r="K42">
+        <v>0</v>
+      </c>
+      <c r="L42">
+        <v>0</v>
+      </c>
+      <c r="M42" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="43" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>220</v>
+      </c>
+      <c r="B43" t="s">
+        <v>17</v>
+      </c>
+      <c r="C43" t="s">
+        <v>151</v>
+      </c>
+      <c r="D43">
+        <v>481196</v>
+      </c>
+      <c r="E43" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F43">
+        <v>0</v>
+      </c>
+      <c r="G43" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H43">
+        <v>0</v>
+      </c>
+      <c r="I43">
+        <v>0</v>
+      </c>
+      <c r="J43">
+        <v>0</v>
+      </c>
+      <c r="K43">
+        <v>0</v>
+      </c>
+      <c r="L43">
+        <v>0</v>
+      </c>
+      <c r="M43" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="44" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>224</v>
+      </c>
+      <c r="B44" t="s">
+        <v>17</v>
+      </c>
+      <c r="C44" t="s">
+        <v>151</v>
+      </c>
+      <c r="D44">
+        <v>481198</v>
+      </c>
+      <c r="E44" s="1">
+        <v>51000</v>
+      </c>
+      <c r="F44">
+        <v>0</v>
+      </c>
+      <c r="G44" s="1">
+        <v>51000</v>
+      </c>
+      <c r="H44">
+        <v>0</v>
+      </c>
+      <c r="I44" s="1">
+        <v>2447.25</v>
+      </c>
+      <c r="J44">
+        <v>0</v>
+      </c>
+      <c r="K44">
+        <v>0</v>
+      </c>
+      <c r="L44" s="1">
+        <v>2447.25</v>
+      </c>
+      <c r="M44" s="1">
+        <v>48552.75</v>
+      </c>
+    </row>
+    <row r="45" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>226</v>
+      </c>
+      <c r="B45" t="s">
+        <v>17</v>
+      </c>
+      <c r="C45" t="s">
+        <v>151</v>
+      </c>
+      <c r="D45">
+        <v>481202</v>
+      </c>
+      <c r="E45" s="1">
+        <v>18000</v>
+      </c>
+      <c r="F45">
+        <v>0</v>
+      </c>
+      <c r="G45" s="1">
+        <v>18000</v>
+      </c>
+      <c r="H45">
+        <v>0</v>
+      </c>
+      <c r="I45">
+        <v>0</v>
+      </c>
+      <c r="J45">
+        <v>0</v>
+      </c>
+      <c r="K45">
+        <v>0</v>
+      </c>
+      <c r="L45">
+        <v>0</v>
+      </c>
+      <c r="M45" s="1">
+        <v>18000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A46" t="s">
+        <v>165</v>
+      </c>
+      <c r="B46" t="s">
+        <v>17</v>
+      </c>
+      <c r="C46" t="s">
+        <v>151</v>
+      </c>
+      <c r="D46">
+        <v>481206</v>
+      </c>
+      <c r="E46" s="1">
+        <v>15000</v>
+      </c>
+      <c r="F46">
+        <v>0</v>
+      </c>
+      <c r="G46" s="1">
+        <v>15000</v>
+      </c>
+      <c r="H46">
+        <v>0</v>
+      </c>
+      <c r="I46">
+        <v>0</v>
+      </c>
+      <c r="J46">
+        <v>0</v>
+      </c>
+      <c r="K46">
+        <v>0</v>
+      </c>
+      <c r="L46">
+        <v>0</v>
+      </c>
+      <c r="M46" s="1">
+        <v>15000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A47" t="s">
+        <v>228</v>
+      </c>
+      <c r="B47" t="s">
+        <v>17</v>
+      </c>
+      <c r="C47" t="s">
+        <v>151</v>
+      </c>
+      <c r="D47">
+        <v>481208</v>
+      </c>
+      <c r="E47" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F47">
+        <v>0</v>
+      </c>
+      <c r="G47" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H47">
+        <v>0</v>
+      </c>
+      <c r="I47">
+        <v>0</v>
+      </c>
+      <c r="J47">
+        <v>0</v>
+      </c>
+      <c r="K47">
+        <v>0</v>
+      </c>
+      <c r="L47">
+        <v>0</v>
+      </c>
+      <c r="M47" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A48" t="s">
+        <v>229</v>
+      </c>
+      <c r="B48" t="s">
+        <v>17</v>
+      </c>
+      <c r="C48" t="s">
+        <v>151</v>
+      </c>
+      <c r="D48">
+        <v>481210</v>
+      </c>
+      <c r="E48" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F48">
+        <v>0</v>
+      </c>
+      <c r="G48" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H48">
+        <v>0</v>
+      </c>
+      <c r="I48">
+        <v>0</v>
+      </c>
+      <c r="J48">
+        <v>0</v>
+      </c>
+      <c r="K48">
+        <v>0</v>
+      </c>
+      <c r="L48">
+        <v>0</v>
+      </c>
+      <c r="M48" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="49" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>230</v>
+      </c>
+      <c r="B49" t="s">
+        <v>17</v>
+      </c>
+      <c r="C49" t="s">
+        <v>151</v>
+      </c>
+      <c r="D49">
+        <v>481212</v>
+      </c>
+      <c r="E49" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F49">
+        <v>0</v>
+      </c>
+      <c r="G49" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H49">
+        <v>0</v>
+      </c>
+      <c r="I49">
+        <v>0</v>
+      </c>
+      <c r="J49">
+        <v>0</v>
+      </c>
+      <c r="K49">
+        <v>0</v>
+      </c>
+      <c r="L49">
+        <v>0</v>
+      </c>
+      <c r="M49" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A50" t="s">
+        <v>86</v>
+      </c>
+      <c r="B50" t="s">
+        <v>17</v>
+      </c>
+      <c r="C50" t="s">
+        <v>151</v>
+      </c>
+      <c r="D50">
+        <v>481216</v>
+      </c>
+      <c r="E50" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F50">
+        <v>0</v>
+      </c>
+      <c r="G50" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H50">
+        <v>0</v>
+      </c>
+      <c r="I50">
+        <v>0</v>
+      </c>
+      <c r="J50">
+        <v>0</v>
+      </c>
+      <c r="K50">
+        <v>0</v>
+      </c>
+      <c r="L50">
+        <v>0</v>
+      </c>
+      <c r="M50" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="51" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A51" t="s">
+        <v>36</v>
+      </c>
+      <c r="B51" t="s">
+        <v>17</v>
+      </c>
+      <c r="C51" t="s">
+        <v>151</v>
+      </c>
+      <c r="D51">
+        <v>481222</v>
+      </c>
+      <c r="E51" s="1">
+        <v>20000</v>
+      </c>
+      <c r="F51">
+        <v>0</v>
+      </c>
+      <c r="G51" s="1">
+        <v>20000</v>
+      </c>
+      <c r="H51">
+        <v>0</v>
+      </c>
+      <c r="I51">
+        <v>0</v>
+      </c>
+      <c r="J51">
+        <v>0</v>
+      </c>
+      <c r="K51">
+        <v>0</v>
+      </c>
+      <c r="L51">
+        <v>0</v>
+      </c>
+      <c r="M51" s="1">
+        <v>20000</v>
+      </c>
+    </row>
+    <row r="52" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A52" t="s">
+        <v>236</v>
+      </c>
+      <c r="B52" t="s">
+        <v>17</v>
+      </c>
+      <c r="C52" t="s">
+        <v>151</v>
+      </c>
+      <c r="D52">
+        <v>481224</v>
+      </c>
+      <c r="E52" s="1">
+        <v>14000</v>
+      </c>
+      <c r="F52">
+        <v>0</v>
+      </c>
+      <c r="G52" s="1">
+        <v>14000</v>
+      </c>
+      <c r="H52">
+        <v>0</v>
+      </c>
+      <c r="I52">
+        <v>0</v>
+      </c>
+      <c r="J52">
+        <v>0</v>
+      </c>
+      <c r="K52">
+        <v>0</v>
+      </c>
+      <c r="L52">
+        <v>0</v>
+      </c>
+      <c r="M52" s="1">
+        <v>14000</v>
+      </c>
+    </row>
+    <row r="53" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A53" t="s">
+        <v>237</v>
+      </c>
+      <c r="B53" t="s">
+        <v>17</v>
+      </c>
+      <c r="C53" t="s">
+        <v>151</v>
+      </c>
+      <c r="D53">
+        <v>481226</v>
+      </c>
+      <c r="E53" s="1">
+        <v>23000</v>
+      </c>
+      <c r="F53">
+        <v>0</v>
+      </c>
+      <c r="G53" s="1">
+        <v>23000</v>
+      </c>
+      <c r="H53">
+        <v>0</v>
+      </c>
+      <c r="I53">
+        <v>0</v>
+      </c>
+      <c r="J53">
+        <v>0</v>
+      </c>
+      <c r="K53">
+        <v>0</v>
+      </c>
+      <c r="L53">
+        <v>0</v>
+      </c>
+      <c r="M53" s="1">
+        <v>23000</v>
+      </c>
+    </row>
+    <row r="54" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>238</v>
+      </c>
+      <c r="B54" t="s">
+        <v>17</v>
+      </c>
+      <c r="C54" t="s">
+        <v>151</v>
+      </c>
+      <c r="D54">
+        <v>481230</v>
+      </c>
+      <c r="E54" s="1">
+        <v>12000</v>
+      </c>
+      <c r="F54">
+        <v>0</v>
+      </c>
+      <c r="G54" s="1">
+        <v>12000</v>
+      </c>
+      <c r="H54">
+        <v>0</v>
+      </c>
+      <c r="I54">
+        <v>0</v>
+      </c>
+      <c r="J54">
+        <v>0</v>
+      </c>
+      <c r="K54">
+        <v>0</v>
+      </c>
+      <c r="L54">
+        <v>0</v>
+      </c>
+      <c r="M54" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>240</v>
+      </c>
+      <c r="B55" t="s">
+        <v>17</v>
+      </c>
+      <c r="C55" t="s">
+        <v>151</v>
+      </c>
+      <c r="D55">
+        <v>481234</v>
+      </c>
+      <c r="E55" s="1">
+        <v>12000</v>
+      </c>
+      <c r="F55">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>12000</v>
+      </c>
+      <c r="H55">
+        <v>0</v>
+      </c>
+      <c r="I55">
+        <v>0</v>
+      </c>
+      <c r="J55">
+        <v>0</v>
+      </c>
+      <c r="K55">
+        <v>0</v>
+      </c>
+      <c r="L55">
+        <v>0</v>
+      </c>
+      <c r="M55" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A56" t="s">
+        <v>241</v>
+      </c>
+      <c r="B56" t="s">
+        <v>17</v>
+      </c>
+      <c r="C56" t="s">
+        <v>151</v>
+      </c>
+      <c r="D56">
+        <v>481236</v>
+      </c>
+      <c r="E56" s="1">
+        <v>12000</v>
+      </c>
+      <c r="F56">
+        <v>0</v>
+      </c>
+      <c r="G56" s="1">
+        <v>12000</v>
+      </c>
+      <c r="H56">
+        <v>0</v>
+      </c>
+      <c r="I56">
+        <v>0</v>
+      </c>
+      <c r="J56">
+        <v>0</v>
+      </c>
+      <c r="K56">
+        <v>0</v>
+      </c>
+      <c r="L56">
+        <v>0</v>
+      </c>
+      <c r="M56" s="1">
+        <v>12000</v>
+      </c>
+    </row>
+    <row r="57" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A57" t="s">
+        <v>245</v>
+      </c>
+      <c r="B57" t="s">
+        <v>17</v>
+      </c>
+      <c r="C57" t="s">
+        <v>151</v>
+      </c>
+      <c r="D57">
+        <v>481238</v>
+      </c>
+      <c r="E57" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F57">
+        <v>0</v>
+      </c>
+      <c r="G57" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H57">
+        <v>0</v>
+      </c>
+      <c r="I57">
+        <v>0</v>
+      </c>
+      <c r="J57">
+        <v>0</v>
+      </c>
+      <c r="K57">
+        <v>0</v>
+      </c>
+      <c r="L57">
+        <v>0</v>
+      </c>
+      <c r="M57" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A58" t="s">
+        <v>246</v>
+      </c>
+      <c r="B58" t="s">
+        <v>17</v>
+      </c>
+      <c r="C58" t="s">
+        <v>151</v>
+      </c>
+      <c r="D58">
+        <v>481240</v>
+      </c>
+      <c r="E58" s="1">
+        <v>18000</v>
+      </c>
+      <c r="F58">
+        <v>0</v>
+      </c>
+      <c r="G58" s="1">
+        <v>18000</v>
+      </c>
+      <c r="H58">
+        <v>0</v>
+      </c>
+      <c r="I58">
+        <v>0</v>
+      </c>
+      <c r="J58">
+        <v>0</v>
+      </c>
+      <c r="K58">
+        <v>0</v>
+      </c>
+      <c r="L58">
+        <v>0</v>
+      </c>
+      <c r="M58" s="1">
+        <v>18000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>247</v>
+      </c>
+      <c r="B59" t="s">
+        <v>17</v>
+      </c>
+      <c r="C59" t="s">
+        <v>151</v>
+      </c>
+      <c r="D59">
+        <v>481242</v>
+      </c>
+      <c r="E59" s="1">
+        <v>11000</v>
+      </c>
+      <c r="F59">
+        <v>0</v>
+      </c>
+      <c r="G59" s="1">
+        <v>11000</v>
+      </c>
+      <c r="H59">
+        <v>0</v>
+      </c>
+      <c r="I59">
+        <v>0</v>
+      </c>
+      <c r="J59">
+        <v>0</v>
+      </c>
+      <c r="K59">
+        <v>0</v>
+      </c>
+      <c r="L59">
+        <v>0</v>
+      </c>
+      <c r="M59" s="1">
+        <v>11000</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>248</v>
+      </c>
+      <c r="B60" t="s">
+        <v>17</v>
+      </c>
+      <c r="C60" t="s">
+        <v>151</v>
+      </c>
+      <c r="D60">
+        <v>481244</v>
+      </c>
+      <c r="E60" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F60">
+        <v>0</v>
+      </c>
+      <c r="G60" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H60">
+        <v>0</v>
+      </c>
+      <c r="I60">
+        <v>0</v>
+      </c>
+      <c r="J60">
+        <v>0</v>
+      </c>
+      <c r="K60">
+        <v>0</v>
+      </c>
+      <c r="L60">
+        <v>0</v>
+      </c>
+      <c r="M60" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>249</v>
+      </c>
+      <c r="B61" t="s">
+        <v>17</v>
+      </c>
+      <c r="C61" t="s">
+        <v>151</v>
+      </c>
+      <c r="D61">
+        <v>481246</v>
+      </c>
+      <c r="E61" s="1">
+        <v>10000</v>
+      </c>
+      <c r="F61">
+        <v>0</v>
+      </c>
+      <c r="G61" s="1">
+        <v>10000</v>
+      </c>
+      <c r="H61">
+        <v>0</v>
+      </c>
+      <c r="I61">
+        <v>0</v>
+      </c>
+      <c r="J61">
+        <v>0</v>
+      </c>
+      <c r="K61">
+        <v>0</v>
+      </c>
+      <c r="L61">
+        <v>0</v>
+      </c>
+      <c r="M61" s="1">
+        <v>10000</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>33</v>
+      </c>
+      <c r="B62" t="s">
+        <v>34</v>
+      </c>
+      <c r="C62" t="s">
+        <v>151</v>
+      </c>
+      <c r="D62">
+        <v>480752</v>
+      </c>
+      <c r="E62" s="1">
+        <v>31500</v>
+      </c>
+      <c r="F62">
+        <v>0</v>
+      </c>
+      <c r="G62" s="1">
+        <v>31500</v>
+      </c>
+      <c r="H62">
+        <v>0</v>
+      </c>
+      <c r="I62">
+        <v>0</v>
+      </c>
+      <c r="J62">
+        <v>0</v>
+      </c>
+      <c r="K62">
+        <v>0</v>
+      </c>
+      <c r="L62">
+        <v>0</v>
+      </c>
+      <c r="M62" s="1">
+        <v>31500</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>115</v>
+      </c>
+      <c r="B63">
+        <v>49</v>
+      </c>
+      <c r="E63" s="1">
+        <v>857600</v>
+      </c>
+      <c r="F63">
+        <v>0</v>
+      </c>
+      <c r="G63" s="1">
+        <v>857600</v>
+      </c>
+      <c r="H63">
+        <v>0</v>
+      </c>
+      <c r="I63" s="1">
+        <v>10037.629999999999</v>
+      </c>
+      <c r="J63">
+        <v>0</v>
+      </c>
+      <c r="K63">
+        <v>0</v>
+      </c>
+      <c r="L63" s="1">
+        <v>10037.629999999999</v>
+      </c>
+      <c r="M63" s="1">
+        <v>847562.37</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="65" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="66" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="6" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="67" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>117</v>
+      </c>
+      <c r="B67" t="s">
+        <v>118</v>
+      </c>
+      <c r="C67" t="s">
+        <v>151</v>
+      </c>
+      <c r="D67">
+        <v>410016</v>
+      </c>
+      <c r="E67" s="1">
+        <v>90000</v>
+      </c>
+      <c r="F67">
+        <v>0</v>
+      </c>
+      <c r="G67" s="1">
+        <v>90000</v>
+      </c>
+      <c r="H67">
+        <v>0</v>
+      </c>
+      <c r="I67" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="J67">
+        <v>0</v>
+      </c>
+      <c r="K67">
+        <v>0</v>
+      </c>
+      <c r="L67" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="M67" s="1">
+        <v>78917.13</v>
+      </c>
+    </row>
+    <row r="68" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" t="s">
+        <v>115</v>
+      </c>
+      <c r="B68">
+        <v>1</v>
+      </c>
+      <c r="E68" s="1">
+        <v>90000</v>
+      </c>
+      <c r="F68">
+        <v>0</v>
+      </c>
+      <c r="G68" s="1">
+        <v>90000</v>
+      </c>
+      <c r="H68">
+        <v>0</v>
+      </c>
+      <c r="I68" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="J68">
+        <v>0</v>
+      </c>
+      <c r="K68">
+        <v>0</v>
+      </c>
+      <c r="L68" s="1">
+        <v>11082.87</v>
+      </c>
+      <c r="M68" s="1">
+        <v>78917.13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" t="s">
+        <v>120</v>
+      </c>
+      <c r="B70">
+        <v>50</v>
+      </c>
+      <c r="E70" s="1">
+        <v>947600</v>
+      </c>
+      <c r="F70">
+        <v>0</v>
+      </c>
+      <c r="G70" s="1">
+        <v>947600</v>
+      </c>
+      <c r="H70">
+        <v>0</v>
+      </c>
+      <c r="I70" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="J70">
+        <v>0</v>
+      </c>
+      <c r="K70">
+        <v>0</v>
+      </c>
+      <c r="L70" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="M70" s="1">
+        <v>926479.5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="72" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" t="s">
+        <v>121</v>
+      </c>
+      <c r="B74" t="s">
+        <v>122</v>
+      </c>
+      <c r="D74" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="75" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" t="s">
+        <v>124</v>
+      </c>
+      <c r="B75">
+        <v>2001</v>
+      </c>
+      <c r="D75" s="1">
+        <v>21120.5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="77" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="78" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="79" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" t="s">
+        <v>256</v>
+      </c>
+      <c r="B79" t="s">
+        <v>127</v>
+      </c>
+      <c r="D79" t="s">
+        <v>169</v>
+      </c>
+      <c r="E79" t="s">
+        <v>129</v>
+      </c>
+      <c r="F79" t="s">
+        <v>130</v>
+      </c>
+      <c r="G79" t="s">
+        <v>131</v>
+      </c>
+      <c r="H79" t="s">
+        <v>132</v>
+      </c>
+      <c r="I79" t="s">
+        <v>133</v>
+      </c>
+      <c r="J79" t="s">
+        <v>134</v>
+      </c>
+      <c r="K79" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="80" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="81" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="82" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="83" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" t="s">
+        <v>136</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1</v>
+      </c>
+      <c r="D84" t="s">
+        <v>170</v>
+      </c>
+      <c r="E84" t="s">
+        <v>138</v>
+      </c>
+      <c r="F84" t="s">
+        <v>6</v>
+      </c>
+      <c r="G84" t="s">
+        <v>7</v>
+      </c>
+      <c r="H84" t="s">
+        <v>8</v>
+      </c>
+      <c r="I84" t="s">
+        <v>9</v>
+      </c>
+      <c r="J84" t="s">
+        <v>10</v>
+      </c>
+      <c r="K84" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="85" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" t="s">
+        <v>139</v>
+      </c>
+      <c r="B85">
+        <v>50</v>
+      </c>
+      <c r="D85">
+        <v>0</v>
+      </c>
+      <c r="E85" s="1">
+        <v>947600</v>
+      </c>
+      <c r="F85">
+        <v>0</v>
+      </c>
+      <c r="G85" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="H85">
+        <v>0</v>
+      </c>
+      <c r="I85">
+        <v>0</v>
+      </c>
+      <c r="J85" s="1">
+        <v>21120.5</v>
+      </c>
+      <c r="K85" s="1">
+        <v>926479.5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="87" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="88" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="89" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A89" t="s">
+        <v>121</v>
+      </c>
+      <c r="B89" t="s">
+        <v>122</v>
+      </c>
+      <c r="D89" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="90" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" t="s">
+        <v>124</v>
+      </c>
+      <c r="B90">
+        <v>2001</v>
+      </c>
+      <c r="D90" s="1">
+        <v>21120.5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="92" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="93" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="94" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A94" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="95" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="96" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="3"/>
+      <c r="B96" s="3"/>
+      <c r="C96" s="3"/>
+      <c r="D96" s="3"/>
+      <c r="E96" s="3"/>
+      <c r="F96" s="2"/>
+      <c r="G96" s="5"/>
+      <c r="H96" s="3"/>
+      <c r="I96" s="3"/>
+      <c r="J96" s="3"/>
+      <c r="K96" s="3"/>
+      <c r="L96" s="3"/>
+    </row>
+    <row r="97" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="3"/>
+      <c r="B97" s="3"/>
+      <c r="C97" s="3"/>
+      <c r="D97" s="3"/>
+      <c r="E97" s="3"/>
+      <c r="F97" s="2"/>
+      <c r="G97" s="5"/>
+      <c r="H97" s="3"/>
+      <c r="I97" s="3"/>
+      <c r="J97" s="3"/>
+      <c r="K97" s="3"/>
+      <c r="L97" s="3"/>
+    </row>
+    <row r="98" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="3"/>
+      <c r="B98" s="3"/>
+      <c r="C98" s="3"/>
+      <c r="D98" s="3"/>
+      <c r="E98" s="3"/>
+      <c r="F98" s="2"/>
+      <c r="G98" s="5"/>
+      <c r="H98" s="3"/>
+      <c r="I98" s="3"/>
+      <c r="J98" s="3"/>
+      <c r="K98" s="3"/>
+      <c r="L98" s="3"/>
+    </row>
+    <row r="99" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="3"/>
+      <c r="B99" s="3"/>
+      <c r="C99" s="3"/>
+      <c r="D99" s="3"/>
+      <c r="E99" s="3"/>
+      <c r="F99" s="2"/>
+      <c r="G99" s="5"/>
+      <c r="H99" s="3"/>
+      <c r="I99" s="3"/>
+      <c r="J99" s="3"/>
+      <c r="K99" s="3"/>
+      <c r="L99" s="3"/>
+    </row>
+    <row r="100" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="3"/>
+      <c r="B100" s="3"/>
+      <c r="C100" s="3"/>
+      <c r="D100" s="3"/>
+      <c r="E100" s="3"/>
+      <c r="F100" s="2"/>
+      <c r="G100" s="5"/>
+      <c r="H100" s="3"/>
+      <c r="I100" s="3"/>
+      <c r="J100" s="3"/>
+      <c r="K100" s="3"/>
+      <c r="L100" s="3"/>
+    </row>
+    <row r="101" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="3"/>
+      <c r="B101" s="3"/>
+      <c r="C101" s="3"/>
+      <c r="D101" s="3"/>
+      <c r="E101" s="3"/>
+      <c r="F101" s="2"/>
+      <c r="G101" s="5"/>
+      <c r="H101" s="3"/>
+      <c r="I101" s="3"/>
+      <c r="J101" s="3"/>
+      <c r="K101" s="3"/>
+      <c r="L101" s="3"/>
+    </row>
+    <row r="102" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="3"/>
+      <c r="B102" s="3"/>
+      <c r="C102" s="3"/>
+      <c r="D102" s="3"/>
+      <c r="E102" s="3"/>
+      <c r="F102" s="2"/>
+      <c r="G102" s="5"/>
+      <c r="H102" s="3"/>
+      <c r="I102" s="3"/>
+      <c r="J102" s="3"/>
+      <c r="K102" s="3"/>
+      <c r="L102" s="3"/>
+    </row>
+    <row r="103" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="3"/>
+      <c r="B103" s="2"/>
+      <c r="C103" s="2"/>
+      <c r="D103" s="2"/>
+      <c r="E103" s="2"/>
+      <c r="F103" s="2"/>
+      <c r="G103" s="5"/>
+      <c r="H103" s="3"/>
+      <c r="I103" s="3"/>
+      <c r="J103" s="3"/>
+      <c r="K103" s="3"/>
+      <c r="L103" s="3"/>
+    </row>
+    <row r="104" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="2"/>
+      <c r="B104" s="3"/>
+      <c r="C104" s="3"/>
+      <c r="D104" s="3"/>
+      <c r="E104" s="3"/>
+      <c r="F104" s="2"/>
+      <c r="G104" s="2"/>
+      <c r="H104" s="3"/>
+      <c r="I104" s="2"/>
+      <c r="J104" s="2"/>
+      <c r="K104" s="2"/>
+      <c r="L104" s="2"/>
+    </row>
+    <row r="105" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="2"/>
+      <c r="B105" s="3"/>
+      <c r="C105" s="3"/>
+      <c r="D105" s="3"/>
+      <c r="E105" s="3"/>
+      <c r="F105" s="2"/>
+      <c r="G105" s="2"/>
+      <c r="H105" s="3"/>
+      <c r="I105" s="2"/>
+      <c r="J105" s="2"/>
+      <c r="K105" s="2"/>
+      <c r="L105" s="2"/>
+    </row>
+    <row r="106" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="2"/>
+      <c r="B106" s="3"/>
+      <c r="C106" s="3"/>
+      <c r="D106" s="3"/>
+      <c r="E106" s="3"/>
+      <c r="F106" s="2"/>
+      <c r="G106" s="2"/>
+      <c r="H106" s="3"/>
+      <c r="I106" s="2"/>
+      <c r="J106" s="2"/>
+      <c r="K106" s="2"/>
+      <c r="L106" s="2"/>
+    </row>
+    <row r="107" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="2"/>
+      <c r="B107" s="3"/>
+      <c r="C107" s="3"/>
+      <c r="D107" s="3"/>
+      <c r="E107" s="3"/>
+      <c r="F107" s="2"/>
+      <c r="G107" s="2"/>
+      <c r="H107" s="3"/>
+      <c r="I107" s="2"/>
+      <c r="J107" s="2"/>
+      <c r="K107" s="2"/>
+      <c r="L107" s="2"/>
+    </row>
+    <row r="108" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="109" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="110" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup scale="44" orientation="portrait" r:id="rId1"/>
+  <drawing r:id="rId2"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E0E43637-DBED-4B3A-AAED-0F53B118D30C}">
   <dimension ref="A1:M113"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="32.140625" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="17.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="B6" s="2"/>
       <c r="C6" s="2"/>
       <c r="D6" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E6" s="2"/>
       <c r="F6" s="2"/>
       <c r="G6" s="2"/>
       <c r="H6" s="2"/>
       <c r="I6" s="2"/>
       <c r="J6" s="2"/>
       <c r="K6" s="2"/>
@@ -11116,51 +16903,51 @@
       <c r="F110" s="2"/>
       <c r="G110" s="2"/>
       <c r="H110" s="3"/>
       <c r="I110" s="2"/>
       <c r="J110" s="2"/>
       <c r="K110" s="2"/>
       <c r="L110" s="2"/>
     </row>
     <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A6E85469-636D-407B-AD75-5B24929BA4D6}">
   <dimension ref="A3:M112"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="42.28515625" customWidth="1"/>
     <col min="2" max="2" width="25.28515625" customWidth="1"/>
     <col min="3" max="3" width="18.42578125" customWidth="1"/>
     <col min="4" max="4" width="17.140625" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="15.28515625" customWidth="1"/>
     <col min="7" max="7" width="13.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="3" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
       <c r="B7" s="2"/>
       <c r="C7" s="2"/>
       <c r="D7" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E7" s="2"/>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
@@ -13782,51 +19569,51 @@
       <c r="F109" s="2"/>
       <c r="G109" s="2"/>
       <c r="H109" s="3"/>
       <c r="I109" s="2"/>
       <c r="J109" s="2"/>
       <c r="K109" s="2"/>
       <c r="L109" s="2"/>
     </row>
     <row r="110" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="112" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5482F216-8586-46CD-8584-CF523C5480B2}">
   <dimension ref="A2:M115"/>
   <sheetViews>
     <sheetView topLeftCell="A61" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="38.85546875" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" customWidth="1"/>
     <col min="3" max="3" width="17.85546875" customWidth="1"/>
     <col min="4" max="4" width="20.85546875" customWidth="1"/>
     <col min="5" max="5" width="22.42578125" customWidth="1"/>
     <col min="6" max="6" width="21.7109375" customWidth="1"/>
     <col min="7" max="7" width="19" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="6" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="2"/>
       <c r="D7" s="2"/>
       <c r="E7" s="3" t="s">
         <v>146</v>
       </c>
       <c r="F7" s="2"/>
       <c r="G7" s="2"/>
       <c r="H7" s="2"/>
     </row>
@@ -16397,51 +22184,51 @@
       <c r="G111" s="2"/>
       <c r="H111" s="3"/>
       <c r="I111" s="2"/>
       <c r="J111" s="2"/>
       <c r="K111" s="2"/>
       <c r="L111" s="2"/>
     </row>
     <row r="112" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="113" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="114" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="115" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38B8F1AC-A103-412F-BC92-C92AB37898C7}">
   <dimension ref="A1:O88"/>
   <sheetViews>
     <sheetView topLeftCell="A34" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.85546875" customWidth="1"/>
     <col min="2" max="2" width="28" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="14.140625" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:15" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
       <c r="J3" s="3"/>
       <c r="K3" s="3"/>
     </row>
     <row r="4" spans="1:15" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="3"/>
@@ -17390,51 +23177,51 @@
       <c r="G84" s="8"/>
       <c r="H84" s="8"/>
     </row>
     <row r="85" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="I82:K82"/>
     <mergeCell ref="E84:H84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A798C553-7E6A-4BA0-9CDC-89AACA61F6CC}">
   <dimension ref="A1:M108"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="37.85546875" customWidth="1"/>
     <col min="2" max="2" width="21" customWidth="1"/>
     <col min="3" max="3" width="14.85546875" customWidth="1"/>
     <col min="4" max="4" width="13.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="D5" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="D6" s="4" t="s">
         <v>147</v>
       </c>
@@ -20024,51 +25811,51 @@
       <c r="D107" s="3"/>
       <c r="E107" s="3"/>
       <c r="F107" s="2"/>
       <c r="G107" s="2"/>
       <c r="H107" s="3"/>
       <c r="I107" s="2"/>
       <c r="J107" s="2"/>
       <c r="K107" s="2"/>
       <c r="L107" s="2"/>
     </row>
     <row r="108" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2644B61A-C093-4AA5-AF33-B6AFC08FF750}">
   <dimension ref="A2:M101"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="34.5703125" customWidth="1"/>
     <col min="2" max="2" width="22.28515625" customWidth="1"/>
     <col min="3" max="3" width="16.7109375" customWidth="1"/>
     <col min="4" max="4" width="12.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A5" s="2"/>
       <c r="D5" s="3" t="s">
         <v>146</v>
       </c>
       <c r="E5" s="2"/>
       <c r="F5" s="2"/>
       <c r="G5" s="2"/>
     </row>
     <row r="6" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A6" s="2"/>
       <c r="D6" s="4" t="s">
         <v>147</v>
       </c>
       <c r="E6" s="2"/>
@@ -22610,51 +28397,51 @@
       <c r="E99" s="3"/>
       <c r="F99" s="2"/>
       <c r="G99" s="2"/>
       <c r="H99" s="3"/>
       <c r="I99" s="2"/>
       <c r="J99" s="2"/>
       <c r="K99" s="2"/>
       <c r="L99" s="2"/>
     </row>
     <row r="100" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="101" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{31B3F15A-A28A-4417-9D95-970F74277BA3}">
   <dimension ref="A2:Q109"/>
   <sheetViews>
     <sheetView topLeftCell="A214" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="36.140625" customWidth="1"/>
     <col min="2" max="2" width="19.7109375" customWidth="1"/>
     <col min="3" max="3" width="17.28515625" customWidth="1"/>
     <col min="5" max="5" width="15" customWidth="1"/>
     <col min="6" max="6" width="12.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="3"/>
       <c r="C3" s="3"/>
       <c r="D3" s="3"/>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
     </row>
     <row r="4" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G4" s="3"/>
       <c r="H4" s="3"/>
       <c r="I4" s="3"/>
       <c r="J4" s="3"/>
       <c r="K4" s="3"/>
     </row>
     <row r="5" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="3"/>
@@ -25223,51 +31010,51 @@
       <c r="D108" s="3"/>
       <c r="E108" s="3"/>
       <c r="F108" s="2"/>
       <c r="G108" s="2"/>
       <c r="H108" s="3"/>
       <c r="I108" s="2"/>
       <c r="J108" s="2"/>
       <c r="K108" s="2"/>
       <c r="L108" s="2"/>
     </row>
     <row r="109" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1C9C37EC-E30A-4870-9288-E13AF1BFB527}">
   <dimension ref="A1:Q111"/>
   <sheetViews>
     <sheetView topLeftCell="A7" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="20.42578125" customWidth="1"/>
     <col min="3" max="3" width="13.42578125" customWidth="1"/>
     <col min="4" max="4" width="10" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
     <col min="6" max="6" width="12.140625" customWidth="1"/>
     <col min="7" max="7" width="13.42578125" customWidth="1"/>
     <col min="8" max="8" width="8.85546875" customWidth="1"/>
     <col min="9" max="9" width="10.5703125" customWidth="1"/>
     <col min="10" max="10" width="9.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="3"/>
       <c r="C2" s="3"/>
       <c r="D2" s="3"/>
       <c r="E2" s="3"/>
       <c r="F2" s="3"/>
     </row>
     <row r="3" spans="1:17" s="2" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G3" s="3"/>
       <c r="H3" s="3"/>
       <c r="I3" s="3"/>
@@ -27947,61 +33734,64 @@
     <row r="101" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="102" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="103" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="104" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="105" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="106" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="107" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="108" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="109" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="110" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="111" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>ENERO</vt:lpstr>
       <vt:lpstr>FEBRERO</vt:lpstr>
       <vt:lpstr>MARZO</vt:lpstr>
       <vt:lpstr>ABRIL</vt:lpstr>
       <vt:lpstr>MAYO</vt:lpstr>
       <vt:lpstr>JUNIO</vt:lpstr>
       <vt:lpstr>JULIO</vt:lpstr>
       <vt:lpstr>AGOSTO</vt:lpstr>
       <vt:lpstr>SEPTIEMBRE</vt:lpstr>
       <vt:lpstr>OCTUBRE</vt:lpstr>
+      <vt:lpstr>NOVIEMBRE</vt:lpstr>
+      <vt:lpstr>DICIEMBRE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yokasta Mateo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>