--- v0 (2025-12-01)
+++ v1 (2026-01-17)
@@ -1,102 +1,108 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Francis\AppData\Local\Temp\scp36388\transparencia\phocadownload\RecursosHumanos\Nomina\NominaTemporal\2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Francis\AppData\Local\Temp\scp01867\transparencia\phocadownload\RecursosHumanos\Nomina\NominaTemporal\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{8893DBE7-3080-4168-A92A-D01C5D72D07A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{640F03D8-1643-4FCB-A990-F09E101FB467}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="9" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="11" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="ENERO" sheetId="1" r:id="rId1"/>
     <sheet name="FEBRERO" sheetId="2" r:id="rId2"/>
     <sheet name="MARZO" sheetId="3" r:id="rId3"/>
     <sheet name="ABRIL" sheetId="4" r:id="rId4"/>
     <sheet name="MAYO" sheetId="5" r:id="rId5"/>
     <sheet name="JUNIO" sheetId="6" r:id="rId6"/>
     <sheet name="JULIO" sheetId="7" r:id="rId7"/>
     <sheet name="AGOSTO" sheetId="8" r:id="rId8"/>
     <sheet name="SEPTIEMBRE" sheetId="9" r:id="rId9"/>
     <sheet name="OCTUBRE" sheetId="10" r:id="rId10"/>
+    <sheet name="NOVIEMBRE" sheetId="11" r:id="rId11"/>
+    <sheet name="DICIEMBRE" sheetId="12" r:id="rId12"/>
   </sheets>
   <calcPr calcId="0"/>
   <extLst>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1155" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1395" uniqueCount="115">
   <si>
     <t xml:space="preserve">      República Dominicana</t>
   </si>
   <si>
     <t xml:space="preserve">MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO </t>
   </si>
   <si>
     <t>MERCADOM</t>
   </si>
   <si>
     <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE ENERO 2025</t>
   </si>
   <si>
     <t>Nombre</t>
   </si>
   <si>
     <t>Cargo</t>
   </si>
   <si>
     <t xml:space="preserve">Genero </t>
   </si>
   <si>
     <t xml:space="preserve">Estatus </t>
   </si>
   <si>
@@ -382,50 +388,65 @@
     <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE AGOSTO 2025</t>
   </si>
   <si>
     <t>CONCEPTO PAGO SUELDO 000034 - EMPLEADOS TEMPORALES CORRESPONDIENTE AL MES AGOSTO 2025</t>
   </si>
   <si>
     <t>121523 - 01/08/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
   </si>
   <si>
     <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE SEPTIEMBRE 2025</t>
   </si>
   <si>
     <t>CONCEPTO PAGO SUELDO 000034 - EMPLEADOS TEMPORALES CORRESPONDIENTE AL MES SEPTIEMBRE 2025</t>
   </si>
   <si>
     <t>121935 - 01/09/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
   </si>
   <si>
     <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE OCTUBRE 2025</t>
   </si>
   <si>
     <t>CONCEPTO PAGO SUELDO 000034 - EMPLEADOS TEMPORALES CORRESPONDIENTE AL MES OCTUBRE 2025</t>
   </si>
   <si>
     <t>122466 - 01/10/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
+  </si>
+  <si>
+    <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>CONCEPTO PAGO SUELDO 000034 - EMPLEADOS TEMPORALES CORRESPONDIENTE AL MES NOVIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>123266 - 01/11/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Aprobada</t>
+  </si>
+  <si>
+    <t>NOMINA DE PERSONAL TEMPORERO, CORRESPONDIENTE AL MES DE DICIEMBRE 2025</t>
+  </si>
+  <si>
+    <t>124010 - 01/12/2025 - 1 -  - Normal -  - MERCADOS DOMINICANOS DE ABASTO AGROPECUARIO - Definitiva</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="20" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Calibri Light"/>
@@ -929,115 +950,123 @@
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="42">
-    <cellStyle name="20% - Accent1" xfId="19" builtinId="30" customBuiltin="1"/>
-[...33 lines deleted...]
-    <cellStyle name="Linked Cell" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis1" xfId="19" builtinId="30" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis2" xfId="23" builtinId="34" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis3" xfId="27" builtinId="38" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis4" xfId="31" builtinId="42" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis5" xfId="35" builtinId="46" customBuiltin="1"/>
+    <cellStyle name="20% - Énfasis6" xfId="39" builtinId="50" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis1" xfId="20" builtinId="31" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis2" xfId="24" builtinId="35" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis3" xfId="28" builtinId="39" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis4" xfId="32" builtinId="43" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis5" xfId="36" builtinId="47" customBuiltin="1"/>
+    <cellStyle name="40% - Énfasis6" xfId="40" builtinId="51" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis1" xfId="21" builtinId="32" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis2" xfId="25" builtinId="36" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis3" xfId="29" builtinId="40" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis4" xfId="33" builtinId="44" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis5" xfId="37" builtinId="48" customBuiltin="1"/>
+    <cellStyle name="60% - Énfasis6" xfId="41" builtinId="52" customBuiltin="1"/>
+    <cellStyle name="Bueno" xfId="6" builtinId="26" customBuiltin="1"/>
+    <cellStyle name="Cálculo" xfId="11" builtinId="22" customBuiltin="1"/>
+    <cellStyle name="Celda de comprobación" xfId="13" builtinId="23" customBuiltin="1"/>
+    <cellStyle name="Celda vinculada" xfId="12" builtinId="24" customBuiltin="1"/>
+    <cellStyle name="Encabezado 1" xfId="2" builtinId="16" customBuiltin="1"/>
+    <cellStyle name="Encabezado 4" xfId="5" builtinId="19" customBuiltin="1"/>
+    <cellStyle name="Énfasis1" xfId="18" builtinId="29" customBuiltin="1"/>
+    <cellStyle name="Énfasis2" xfId="22" builtinId="33" customBuiltin="1"/>
+    <cellStyle name="Énfasis3" xfId="26" builtinId="37" customBuiltin="1"/>
+    <cellStyle name="Énfasis4" xfId="30" builtinId="41" customBuiltin="1"/>
+    <cellStyle name="Énfasis5" xfId="34" builtinId="45" customBuiltin="1"/>
+    <cellStyle name="Énfasis6" xfId="38" builtinId="49" customBuiltin="1"/>
+    <cellStyle name="Entrada" xfId="9" builtinId="20" customBuiltin="1"/>
+    <cellStyle name="Incorrecto" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Note" xfId="15" builtinId="10" customBuiltin="1"/>
-[...1 lines deleted...]
-    <cellStyle name="Title" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Notas" xfId="15" builtinId="10" customBuiltin="1"/>
+    <cellStyle name="Salida" xfId="10" builtinId="21" customBuiltin="1"/>
+    <cellStyle name="Texto de advertencia" xfId="14" builtinId="11" customBuiltin="1"/>
+    <cellStyle name="Texto explicativo" xfId="16" builtinId="53" customBuiltin="1"/>
+    <cellStyle name="Título" xfId="1" builtinId="15" customBuiltin="1"/>
+    <cellStyle name="Título 2" xfId="3" builtinId="17" customBuiltin="1"/>
+    <cellStyle name="Título 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Total" xfId="17" builtinId="25" customBuiltin="1"/>
-    <cellStyle name="Warning Text" xfId="14" builtinId="11" customBuiltin="1"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/></Relationships>
@@ -1258,50 +1287,300 @@
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8EABBD63-4948-47E5-A6A1-907430B46AE4}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
         </xdr:cNvPicPr>
       </xdr:nvPicPr>
       <xdr:blipFill>
         <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
           <a:extLst>
             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
             </a:ext>
           </a:extLst>
         </a:blip>
         <a:srcRect/>
         <a:stretch>
           <a:fillRect/>
         </a:stretch>
       </xdr:blipFill>
       <xdr:spPr bwMode="auto">
         <a:xfrm>
           <a:off x="7392479" y="933450"/>
           <a:ext cx="903795" cy="695325"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>400051</xdr:colOff>
+      <xdr:row>4</xdr:row>
+      <xdr:rowOff>312117</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>1266825</xdr:colOff>
+      <xdr:row>7</xdr:row>
+      <xdr:rowOff>20123</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C3C04EA-E5EC-4948-B792-F9B26C811782}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect l="16206" r="11067"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="400051" y="1569417"/>
+          <a:ext cx="866774" cy="650981"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>248731</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>304800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1390651</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="0 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{33110CF9-CBDC-4D79-B9AA-EF61F448C65A}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9126031" y="933450"/>
+          <a:ext cx="1141920" cy="695325"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>180975</xdr:colOff>
+      <xdr:row>6</xdr:row>
+      <xdr:rowOff>150192</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>885824</xdr:colOff>
+      <xdr:row>8</xdr:row>
+      <xdr:rowOff>172523</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="2" name="Imagen 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{711D8855-691A-4547-A9B6-D8BDD4EE6127}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill rotWithShape="1">
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1" cstate="print">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect l="16206" r="11067"/>
+        <a:stretch/>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="180975" y="2036142"/>
+          <a:ext cx="704849" cy="650981"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>220155</xdr:colOff>
+      <xdr:row>2</xdr:row>
+      <xdr:rowOff>304800</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>1467439</xdr:colOff>
+      <xdr:row>5</xdr:row>
+      <xdr:rowOff>57150</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="0 Imagen">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7E840D16-D2ED-4EE7-93E2-4DD01FC2CF50}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:srcRect/>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="9097455" y="933450"/>
+          <a:ext cx="1218709" cy="695325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
@@ -2280,51 +2559,51 @@
         <a:xfrm>
           <a:off x="8802179" y="619125"/>
           <a:ext cx="827595" cy="695325"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -2582,91 +2861,99 @@
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing10.xml"/></Relationships>
 </file>
 
+<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A2:O92"/>
   <sheetViews>
     <sheetView topLeftCell="A73" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="M81" sqref="M81"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="28.85546875" customWidth="1"/>
     <col min="3" max="3" width="15.7109375" customWidth="1"/>
     <col min="4" max="4" width="13.7109375" customWidth="1"/>
     <col min="5" max="5" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
     </row>
     <row r="4" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F4" s="5"/>
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
     </row>
     <row r="5" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B5" s="5"/>
       <c r="C5" s="5"/>
       <c r="D5" s="5"/>
@@ -3642,55 +3929,55 @@
       </c>
     </row>
     <row r="88" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C88" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="89" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" spans="1:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="F82:H82"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E018E83A-B214-47F7-9373-BBD86436647C}">
   <dimension ref="A1:W78"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
+    <sheetView topLeftCell="A46" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="28.5703125" customWidth="1"/>
     <col min="2" max="2" width="26.28515625" customWidth="1"/>
     <col min="3" max="3" width="20.140625" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" customWidth="1"/>
     <col min="5" max="5" width="18.5703125" customWidth="1"/>
     <col min="6" max="6" width="13.140625" customWidth="1"/>
     <col min="7" max="7" width="14" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
     </row>
     <row r="3" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
@@ -4694,59 +4981,2221 @@
     </row>
     <row r="73" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C73" s="16" t="s">
         <v>81</v>
       </c>
       <c r="D73" s="16"/>
     </row>
     <row r="74" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="75" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="76" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="77" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="78" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I69:K69"/>
     <mergeCell ref="C70:D70"/>
     <mergeCell ref="C71:D71"/>
     <mergeCell ref="C72:D72"/>
     <mergeCell ref="C73:D73"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50745788-A861-4366-9A98-FC1D770B5DA1}">
+  <dimension ref="A1:W86"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="31.28515625" customWidth="1"/>
+    <col min="2" max="2" width="27.7109375" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" customWidth="1"/>
+    <col min="4" max="4" width="26" customWidth="1"/>
+    <col min="5" max="5" width="23.28515625" customWidth="1"/>
+    <col min="6" max="6" width="21.5703125" customWidth="1"/>
+    <col min="7" max="7" width="19.7109375" customWidth="1"/>
+    <col min="8" max="8" width="18.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+    </row>
+    <row r="3" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+    </row>
+    <row r="4" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+    </row>
+    <row r="5" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+    </row>
+    <row r="6" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="5"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="V6" s="4"/>
+      <c r="W6" s="4"/>
+    </row>
+    <row r="7" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="4"/>
+      <c r="F7" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="V7" s="4"/>
+      <c r="W7" s="4"/>
+    </row>
+    <row r="8" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="V8" s="4"/>
+      <c r="W8" s="4"/>
+    </row>
+    <row r="9" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E9" s="5"/>
+      <c r="F9" s="6" t="s">
+        <v>110</v>
+      </c>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+    </row>
+    <row r="10" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="K12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="L12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="M12" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="O12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15">
+        <v>385045</v>
+      </c>
+      <c r="G15" s="1">
+        <v>100000</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>100000</v>
+      </c>
+      <c r="J15" s="1">
+        <v>2870</v>
+      </c>
+      <c r="K15" s="1">
+        <v>12105.37</v>
+      </c>
+      <c r="L15" s="1">
+        <v>3040</v>
+      </c>
+      <c r="M15">
+        <v>25</v>
+      </c>
+      <c r="N15" s="1">
+        <v>18040.37</v>
+      </c>
+      <c r="O15" s="1">
+        <v>81959.63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16">
+        <v>1</v>
+      </c>
+      <c r="G16" s="1">
+        <v>100000</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16" s="1">
+        <v>100000</v>
+      </c>
+      <c r="J16" s="1">
+        <v>2870</v>
+      </c>
+      <c r="K16" s="1">
+        <v>12105.37</v>
+      </c>
+      <c r="L16" s="1">
+        <v>3040</v>
+      </c>
+      <c r="M16">
+        <v>25</v>
+      </c>
+      <c r="N16" s="1">
+        <v>18040.37</v>
+      </c>
+      <c r="O16" s="1">
+        <v>81959.63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19">
+        <v>375020</v>
+      </c>
+      <c r="G19" s="1">
+        <v>60000</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>60000</v>
+      </c>
+      <c r="J19" s="1">
+        <v>1722</v>
+      </c>
+      <c r="K19" s="1">
+        <v>3486.68</v>
+      </c>
+      <c r="L19" s="1">
+        <v>1824</v>
+      </c>
+      <c r="M19">
+        <v>25</v>
+      </c>
+      <c r="N19" s="1">
+        <v>7057.68</v>
+      </c>
+      <c r="O19" s="1">
+        <v>52942.32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20">
+        <v>1</v>
+      </c>
+      <c r="G20" s="1">
+        <v>60000</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20" s="1">
+        <v>60000</v>
+      </c>
+      <c r="J20" s="1">
+        <v>1722</v>
+      </c>
+      <c r="K20" s="1">
+        <v>3486.68</v>
+      </c>
+      <c r="L20" s="1">
+        <v>1824</v>
+      </c>
+      <c r="M20">
+        <v>25</v>
+      </c>
+      <c r="N20" s="1">
+        <v>7057.68</v>
+      </c>
+      <c r="O20" s="1">
+        <v>52942.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="22" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23">
+        <v>465018</v>
+      </c>
+      <c r="G23" s="1">
+        <v>57000</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23" s="1">
+        <v>57000</v>
+      </c>
+      <c r="J23" s="1">
+        <v>1635.9</v>
+      </c>
+      <c r="K23" s="1">
+        <v>2922.14</v>
+      </c>
+      <c r="L23" s="1">
+        <v>1732.8</v>
+      </c>
+      <c r="M23">
+        <v>25</v>
+      </c>
+      <c r="N23" s="1">
+        <v>6315.84</v>
+      </c>
+      <c r="O23" s="1">
+        <v>50684.160000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24">
+        <v>465026</v>
+      </c>
+      <c r="G24" s="1">
+        <v>57000</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24" s="1">
+        <v>57000</v>
+      </c>
+      <c r="J24" s="1">
+        <v>1635.9</v>
+      </c>
+      <c r="K24" s="1">
+        <v>2922.14</v>
+      </c>
+      <c r="L24" s="1">
+        <v>1732.8</v>
+      </c>
+      <c r="M24">
+        <v>25</v>
+      </c>
+      <c r="N24" s="1">
+        <v>6315.84</v>
+      </c>
+      <c r="O24" s="1">
+        <v>50684.160000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25">
+        <v>2</v>
+      </c>
+      <c r="G25" s="1">
+        <v>114000</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>114000</v>
+      </c>
+      <c r="J25" s="1">
+        <v>3271.8</v>
+      </c>
+      <c r="K25" s="1">
+        <v>5844.28</v>
+      </c>
+      <c r="L25" s="1">
+        <v>3465.6</v>
+      </c>
+      <c r="M25">
+        <v>50</v>
+      </c>
+      <c r="N25" s="1">
+        <v>12631.68</v>
+      </c>
+      <c r="O25" s="1">
+        <v>101368.32000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" t="s">
+        <v>37</v>
+      </c>
+      <c r="C28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" t="s">
+        <v>23</v>
+      </c>
+      <c r="E28" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28">
+        <v>470136</v>
+      </c>
+      <c r="G28" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J28" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K28">
+        <v>442.65</v>
+      </c>
+      <c r="L28" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M28">
+        <v>25</v>
+      </c>
+      <c r="N28" s="1">
+        <v>2831.65</v>
+      </c>
+      <c r="O28" s="1">
+        <v>37168.35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>25</v>
+      </c>
+      <c r="B29">
+        <v>1</v>
+      </c>
+      <c r="G29" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J29" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K29">
+        <v>442.65</v>
+      </c>
+      <c r="L29" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M29">
+        <v>25</v>
+      </c>
+      <c r="N29" s="1">
+        <v>2831.65</v>
+      </c>
+      <c r="O29" s="1">
+        <v>37168.35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>40</v>
+      </c>
+      <c r="B32" t="s">
+        <v>41</v>
+      </c>
+      <c r="C32" t="s">
+        <v>22</v>
+      </c>
+      <c r="D32" t="s">
+        <v>23</v>
+      </c>
+      <c r="E32" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32">
+        <v>460571</v>
+      </c>
+      <c r="G32" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J32" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K32">
+        <v>442.65</v>
+      </c>
+      <c r="L32" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M32">
+        <v>125</v>
+      </c>
+      <c r="N32" s="1">
+        <v>2931.65</v>
+      </c>
+      <c r="O32" s="1">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>25</v>
+      </c>
+      <c r="B33">
+        <v>1</v>
+      </c>
+      <c r="G33" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J33" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K33">
+        <v>442.65</v>
+      </c>
+      <c r="L33" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M33">
+        <v>125</v>
+      </c>
+      <c r="N33" s="1">
+        <v>2931.65</v>
+      </c>
+      <c r="O33" s="1">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35">
+        <v>6</v>
+      </c>
+      <c r="G35" s="1">
+        <v>354000</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35" s="1">
+        <v>354000</v>
+      </c>
+      <c r="J35" s="1">
+        <v>10159.799999999999</v>
+      </c>
+      <c r="K35" s="1">
+        <v>22321.63</v>
+      </c>
+      <c r="L35" s="1">
+        <v>10761.6</v>
+      </c>
+      <c r="M35">
+        <v>250</v>
+      </c>
+      <c r="N35" s="1">
+        <v>43493.03</v>
+      </c>
+      <c r="O35" s="1">
+        <v>310506.96999999997</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>46</v>
+      </c>
+      <c r="B38">
+        <v>2003</v>
+      </c>
+      <c r="F38" s="1">
+        <v>10159.799999999999</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>47</v>
+      </c>
+      <c r="B39">
+        <v>2001</v>
+      </c>
+      <c r="F39" s="1">
+        <v>22321.63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>48</v>
+      </c>
+      <c r="B40">
+        <v>3004</v>
+      </c>
+      <c r="F40">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>49</v>
+      </c>
+      <c r="B41">
+        <v>3007</v>
+      </c>
+      <c r="F41" s="1">
+        <v>10761.6</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42">
+        <v>2026</v>
+      </c>
+      <c r="F42">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>50</v>
+      </c>
+      <c r="F43" s="1">
+        <v>25134</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" s="1">
+        <v>3918.04</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>52</v>
+      </c>
+      <c r="F45" s="1">
+        <v>25098.6</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>111</v>
+      </c>
+      <c r="B49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F49" t="s">
+        <v>55</v>
+      </c>
+      <c r="G49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H49" t="s">
+        <v>57</v>
+      </c>
+      <c r="I49" t="s">
+        <v>58</v>
+      </c>
+      <c r="J49" t="s">
+        <v>59</v>
+      </c>
+      <c r="K49" t="s">
+        <v>60</v>
+      </c>
+      <c r="L49" t="s">
+        <v>61</v>
+      </c>
+      <c r="M49" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>63</v>
+      </c>
+      <c r="B54" t="s">
+        <v>5</v>
+      </c>
+      <c r="F54" t="s">
+        <v>64</v>
+      </c>
+      <c r="G54" t="s">
+        <v>65</v>
+      </c>
+      <c r="H54" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" t="s">
+        <v>14</v>
+      </c>
+      <c r="J54" t="s">
+        <v>15</v>
+      </c>
+      <c r="K54" t="s">
+        <v>16</v>
+      </c>
+      <c r="L54" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>66</v>
+      </c>
+      <c r="B55">
+        <v>6</v>
+      </c>
+      <c r="F55">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>354000</v>
+      </c>
+      <c r="H55" s="1">
+        <v>10159.799999999999</v>
+      </c>
+      <c r="I55" s="1">
+        <v>22321.63</v>
+      </c>
+      <c r="J55" s="1">
+        <v>10761.6</v>
+      </c>
+      <c r="K55">
+        <v>250</v>
+      </c>
+      <c r="L55" s="1">
+        <v>43493.03</v>
+      </c>
+      <c r="M55" s="1">
+        <v>310506.96999999997</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>43</v>
+      </c>
+      <c r="B59" t="s">
+        <v>44</v>
+      </c>
+      <c r="F59" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>46</v>
+      </c>
+      <c r="B60">
+        <v>2003</v>
+      </c>
+      <c r="F60" s="1">
+        <v>10159.799999999999</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>47</v>
+      </c>
+      <c r="B61">
+        <v>2001</v>
+      </c>
+      <c r="F61" s="1">
+        <v>22321.63</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>48</v>
+      </c>
+      <c r="B62">
+        <v>3004</v>
+      </c>
+      <c r="F62">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63">
+        <v>3007</v>
+      </c>
+      <c r="F63" s="1">
+        <v>10761.6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>95</v>
+      </c>
+      <c r="B64">
+        <v>2026</v>
+      </c>
+      <c r="F64">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>50</v>
+      </c>
+      <c r="F65" s="1">
+        <v>25134</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>51</v>
+      </c>
+      <c r="F66" s="1">
+        <v>3918.04</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>52</v>
+      </c>
+      <c r="F67" s="1">
+        <v>25098.6</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B74" s="16"/>
+      <c r="D74" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E74" s="16"/>
+      <c r="I74" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="J74" s="16"/>
+      <c r="K74" s="16"/>
+      <c r="L74" s="16"/>
+    </row>
+    <row r="75" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B75" s="16"/>
+      <c r="D75" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B76" s="16"/>
+      <c r="D76" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E76" s="16"/>
+      <c r="I76" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" s="16"/>
+      <c r="D77" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E77" s="16"/>
+      <c r="I77" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="J77" s="16"/>
+      <c r="K77" s="16"/>
+      <c r="L77" s="16"/>
+    </row>
+    <row r="78" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I78" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J78" s="16"/>
+      <c r="K78" s="16"/>
+      <c r="L78" s="16"/>
+    </row>
+    <row r="79" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C79" s="16"/>
+    </row>
+    <row r="80" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="81" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C81" s="16"/>
+    </row>
+    <row r="82" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C82" s="16"/>
+    </row>
+    <row r="83" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="I74:L74"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="D76:E76"/>
+    <mergeCell ref="B82:C82"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="I77:L77"/>
+    <mergeCell ref="I78:L78"/>
+    <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B81:C81"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DEBCDC1A-9FE5-4C65-A505-0115F90FE3E2}">
+  <dimension ref="A1:W86"/>
+  <sheetViews>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:XFD1048576"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="31.28515625" customWidth="1"/>
+    <col min="2" max="2" width="27.7109375" customWidth="1"/>
+    <col min="3" max="3" width="24.85546875" customWidth="1"/>
+    <col min="4" max="4" width="26" customWidth="1"/>
+    <col min="5" max="5" width="23.28515625" customWidth="1"/>
+    <col min="6" max="6" width="21.5703125" customWidth="1"/>
+    <col min="7" max="7" width="19.7109375" customWidth="1"/>
+    <col min="8" max="8" width="18.85546875" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="2" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B2" s="5"/>
+      <c r="C2" s="5"/>
+      <c r="D2" s="5"/>
+      <c r="E2" s="5"/>
+      <c r="F2" s="5"/>
+    </row>
+    <row r="3" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C3" s="5"/>
+      <c r="D3" s="5"/>
+      <c r="E3" s="5"/>
+      <c r="F3" s="5"/>
+      <c r="G3" s="5"/>
+      <c r="H3" s="5"/>
+    </row>
+    <row r="4" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B4" s="5"/>
+      <c r="E4" s="5"/>
+      <c r="F4" s="5"/>
+      <c r="G4" s="5"/>
+      <c r="H4" s="5"/>
+      <c r="I4" s="5"/>
+    </row>
+    <row r="5" spans="1:23" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C5" s="5"/>
+      <c r="D5" s="5"/>
+      <c r="F5" s="5"/>
+      <c r="G5" s="5"/>
+      <c r="H5" s="5"/>
+      <c r="I5" s="5"/>
+    </row>
+    <row r="6" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B6" s="5"/>
+      <c r="C6" s="4"/>
+      <c r="D6" s="4"/>
+      <c r="E6" s="5"/>
+      <c r="F6" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="G6" s="5"/>
+      <c r="H6" s="5"/>
+      <c r="I6" s="5"/>
+      <c r="V6" s="4"/>
+      <c r="W6" s="4"/>
+    </row>
+    <row r="7" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B7" s="5"/>
+      <c r="C7" s="5"/>
+      <c r="D7" s="5"/>
+      <c r="E7" s="4"/>
+      <c r="F7" s="6" t="s">
+        <v>1</v>
+      </c>
+      <c r="G7" s="5"/>
+      <c r="H7" s="5"/>
+      <c r="I7" s="5"/>
+      <c r="V7" s="4"/>
+      <c r="W7" s="4"/>
+    </row>
+    <row r="8" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="C8" s="5"/>
+      <c r="D8" s="5"/>
+      <c r="E8" s="5"/>
+      <c r="F8" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="G8" s="5"/>
+      <c r="H8" s="5"/>
+      <c r="I8" s="5"/>
+      <c r="V8" s="4"/>
+      <c r="W8" s="4"/>
+    </row>
+    <row r="9" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="E9" s="5"/>
+      <c r="F9" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="G9" s="5"/>
+      <c r="H9" s="5"/>
+      <c r="I9" s="5"/>
+    </row>
+    <row r="10" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="11" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="12" spans="1:23" s="3" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="3" t="s">
+        <v>5</v>
+      </c>
+      <c r="C12" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="F12" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="G12" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="H12" s="3" t="s">
+        <v>11</v>
+      </c>
+      <c r="I12" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>13</v>
+      </c>
+      <c r="K12" s="3" t="s">
+        <v>14</v>
+      </c>
+      <c r="L12" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="M12" s="3" t="s">
+        <v>16</v>
+      </c>
+      <c r="N12" s="3" t="s">
+        <v>17</v>
+      </c>
+      <c r="O12" s="3" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="13" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="14" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="15" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" t="s">
+        <v>20</v>
+      </c>
+      <c r="B15" t="s">
+        <v>21</v>
+      </c>
+      <c r="C15" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" t="s">
+        <v>23</v>
+      </c>
+      <c r="E15" t="s">
+        <v>24</v>
+      </c>
+      <c r="F15">
+        <v>385045</v>
+      </c>
+      <c r="G15" s="1">
+        <v>100000</v>
+      </c>
+      <c r="H15">
+        <v>0</v>
+      </c>
+      <c r="I15" s="1">
+        <v>100000</v>
+      </c>
+      <c r="J15" s="1">
+        <v>2870</v>
+      </c>
+      <c r="K15" s="1">
+        <v>12105.37</v>
+      </c>
+      <c r="L15" s="1">
+        <v>3040</v>
+      </c>
+      <c r="M15">
+        <v>25</v>
+      </c>
+      <c r="N15" s="1">
+        <v>18040.37</v>
+      </c>
+      <c r="O15" s="1">
+        <v>81959.63</v>
+      </c>
+    </row>
+    <row r="16" spans="1:23" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" t="s">
+        <v>25</v>
+      </c>
+      <c r="B16">
+        <v>1</v>
+      </c>
+      <c r="G16" s="1">
+        <v>100000</v>
+      </c>
+      <c r="H16">
+        <v>0</v>
+      </c>
+      <c r="I16" s="1">
+        <v>100000</v>
+      </c>
+      <c r="J16" s="1">
+        <v>2870</v>
+      </c>
+      <c r="K16" s="1">
+        <v>12105.37</v>
+      </c>
+      <c r="L16" s="1">
+        <v>3040</v>
+      </c>
+      <c r="M16">
+        <v>25</v>
+      </c>
+      <c r="N16" s="1">
+        <v>18040.37</v>
+      </c>
+      <c r="O16" s="1">
+        <v>81959.63</v>
+      </c>
+    </row>
+    <row r="17" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="18" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="19" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" t="s">
+        <v>28</v>
+      </c>
+      <c r="C19" t="s">
+        <v>22</v>
+      </c>
+      <c r="D19" t="s">
+        <v>23</v>
+      </c>
+      <c r="E19" t="s">
+        <v>29</v>
+      </c>
+      <c r="F19">
+        <v>375020</v>
+      </c>
+      <c r="G19" s="1">
+        <v>60000</v>
+      </c>
+      <c r="H19">
+        <v>0</v>
+      </c>
+      <c r="I19" s="1">
+        <v>60000</v>
+      </c>
+      <c r="J19" s="1">
+        <v>1722</v>
+      </c>
+      <c r="K19" s="1">
+        <v>3486.68</v>
+      </c>
+      <c r="L19" s="1">
+        <v>1824</v>
+      </c>
+      <c r="M19">
+        <v>25</v>
+      </c>
+      <c r="N19" s="1">
+        <v>7057.68</v>
+      </c>
+      <c r="O19" s="1">
+        <v>52942.32</v>
+      </c>
+    </row>
+    <row r="20" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" t="s">
+        <v>25</v>
+      </c>
+      <c r="B20">
+        <v>1</v>
+      </c>
+      <c r="G20" s="1">
+        <v>60000</v>
+      </c>
+      <c r="H20">
+        <v>0</v>
+      </c>
+      <c r="I20" s="1">
+        <v>60000</v>
+      </c>
+      <c r="J20" s="1">
+        <v>1722</v>
+      </c>
+      <c r="K20" s="1">
+        <v>3486.68</v>
+      </c>
+      <c r="L20" s="1">
+        <v>1824</v>
+      </c>
+      <c r="M20">
+        <v>25</v>
+      </c>
+      <c r="N20" s="1">
+        <v>7057.68</v>
+      </c>
+      <c r="O20" s="1">
+        <v>52942.32</v>
+      </c>
+    </row>
+    <row r="21" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="22" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A22" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="23" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A23" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" t="s">
+        <v>32</v>
+      </c>
+      <c r="C23" t="s">
+        <v>22</v>
+      </c>
+      <c r="D23" t="s">
+        <v>23</v>
+      </c>
+      <c r="E23" t="s">
+        <v>33</v>
+      </c>
+      <c r="F23">
+        <v>465018</v>
+      </c>
+      <c r="G23" s="1">
+        <v>57000</v>
+      </c>
+      <c r="H23">
+        <v>0</v>
+      </c>
+      <c r="I23" s="1">
+        <v>57000</v>
+      </c>
+      <c r="J23" s="1">
+        <v>1635.9</v>
+      </c>
+      <c r="K23" s="1">
+        <v>2922.14</v>
+      </c>
+      <c r="L23" s="1">
+        <v>1732.8</v>
+      </c>
+      <c r="M23">
+        <v>25</v>
+      </c>
+      <c r="N23" s="1">
+        <v>6315.84</v>
+      </c>
+      <c r="O23" s="1">
+        <v>50684.160000000003</v>
+      </c>
+    </row>
+    <row r="24" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A24" t="s">
+        <v>34</v>
+      </c>
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" t="s">
+        <v>22</v>
+      </c>
+      <c r="D24" t="s">
+        <v>23</v>
+      </c>
+      <c r="E24" t="s">
+        <v>33</v>
+      </c>
+      <c r="F24">
+        <v>465026</v>
+      </c>
+      <c r="G24" s="1">
+        <v>57000</v>
+      </c>
+      <c r="H24">
+        <v>0</v>
+      </c>
+      <c r="I24" s="1">
+        <v>57000</v>
+      </c>
+      <c r="J24" s="1">
+        <v>1635.9</v>
+      </c>
+      <c r="K24" s="1">
+        <v>2922.14</v>
+      </c>
+      <c r="L24" s="1">
+        <v>1732.8</v>
+      </c>
+      <c r="M24">
+        <v>25</v>
+      </c>
+      <c r="N24" s="1">
+        <v>6315.84</v>
+      </c>
+      <c r="O24" s="1">
+        <v>50684.160000000003</v>
+      </c>
+    </row>
+    <row r="25" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25">
+        <v>2</v>
+      </c>
+      <c r="G25" s="1">
+        <v>114000</v>
+      </c>
+      <c r="H25">
+        <v>0</v>
+      </c>
+      <c r="I25" s="1">
+        <v>114000</v>
+      </c>
+      <c r="J25" s="1">
+        <v>3271.8</v>
+      </c>
+      <c r="K25" s="1">
+        <v>5844.28</v>
+      </c>
+      <c r="L25" s="1">
+        <v>3465.6</v>
+      </c>
+      <c r="M25">
+        <v>50</v>
+      </c>
+      <c r="N25" s="1">
+        <v>12631.68</v>
+      </c>
+      <c r="O25" s="1">
+        <v>101368.32000000001</v>
+      </c>
+    </row>
+    <row r="26" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="27" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A28" t="s">
+        <v>36</v>
+      </c>
+      <c r="B28" t="s">
+        <v>37</v>
+      </c>
+      <c r="C28" t="s">
+        <v>22</v>
+      </c>
+      <c r="D28" t="s">
+        <v>23</v>
+      </c>
+      <c r="E28" t="s">
+        <v>38</v>
+      </c>
+      <c r="F28">
+        <v>470136</v>
+      </c>
+      <c r="G28" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H28">
+        <v>0</v>
+      </c>
+      <c r="I28" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J28" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K28">
+        <v>442.65</v>
+      </c>
+      <c r="L28" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M28">
+        <v>25</v>
+      </c>
+      <c r="N28" s="1">
+        <v>2831.65</v>
+      </c>
+      <c r="O28" s="1">
+        <v>37168.35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A29" t="s">
+        <v>25</v>
+      </c>
+      <c r="B29">
+        <v>1</v>
+      </c>
+      <c r="G29" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H29">
+        <v>0</v>
+      </c>
+      <c r="I29" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J29" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K29">
+        <v>442.65</v>
+      </c>
+      <c r="L29" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M29">
+        <v>25</v>
+      </c>
+      <c r="N29" s="1">
+        <v>2831.65</v>
+      </c>
+      <c r="O29" s="1">
+        <v>37168.35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="31" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A31" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="32" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A32" t="s">
+        <v>40</v>
+      </c>
+      <c r="B32" t="s">
+        <v>41</v>
+      </c>
+      <c r="C32" t="s">
+        <v>22</v>
+      </c>
+      <c r="D32" t="s">
+        <v>23</v>
+      </c>
+      <c r="E32" t="s">
+        <v>38</v>
+      </c>
+      <c r="F32">
+        <v>460571</v>
+      </c>
+      <c r="G32" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H32">
+        <v>0</v>
+      </c>
+      <c r="I32" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J32" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K32">
+        <v>442.65</v>
+      </c>
+      <c r="L32" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M32">
+        <v>125</v>
+      </c>
+      <c r="N32" s="1">
+        <v>2931.65</v>
+      </c>
+      <c r="O32" s="1">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A33" t="s">
+        <v>25</v>
+      </c>
+      <c r="B33">
+        <v>1</v>
+      </c>
+      <c r="G33" s="1">
+        <v>40000</v>
+      </c>
+      <c r="H33">
+        <v>0</v>
+      </c>
+      <c r="I33" s="1">
+        <v>40000</v>
+      </c>
+      <c r="J33" s="1">
+        <v>1148</v>
+      </c>
+      <c r="K33">
+        <v>442.65</v>
+      </c>
+      <c r="L33" s="1">
+        <v>1216</v>
+      </c>
+      <c r="M33">
+        <v>125</v>
+      </c>
+      <c r="N33" s="1">
+        <v>2931.65</v>
+      </c>
+      <c r="O33" s="1">
+        <v>37068.35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="35" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A35" t="s">
+        <v>42</v>
+      </c>
+      <c r="B35">
+        <v>6</v>
+      </c>
+      <c r="G35" s="1">
+        <v>354000</v>
+      </c>
+      <c r="H35">
+        <v>0</v>
+      </c>
+      <c r="I35" s="1">
+        <v>354000</v>
+      </c>
+      <c r="J35" s="1">
+        <v>10159.799999999999</v>
+      </c>
+      <c r="K35" s="1">
+        <v>22321.63</v>
+      </c>
+      <c r="L35" s="1">
+        <v>10761.6</v>
+      </c>
+      <c r="M35">
+        <v>250</v>
+      </c>
+      <c r="N35" s="1">
+        <v>43493.03</v>
+      </c>
+      <c r="O35" s="1">
+        <v>310506.96999999997</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="37" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A37" t="s">
+        <v>43</v>
+      </c>
+      <c r="B37" t="s">
+        <v>44</v>
+      </c>
+      <c r="F37" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A38" t="s">
+        <v>46</v>
+      </c>
+      <c r="B38">
+        <v>2003</v>
+      </c>
+      <c r="F38" s="1">
+        <v>10159.799999999999</v>
+      </c>
+    </row>
+    <row r="39" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A39" t="s">
+        <v>47</v>
+      </c>
+      <c r="B39">
+        <v>2001</v>
+      </c>
+      <c r="F39" s="1">
+        <v>22321.63</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A40" t="s">
+        <v>48</v>
+      </c>
+      <c r="B40">
+        <v>3004</v>
+      </c>
+      <c r="F40">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A41" t="s">
+        <v>49</v>
+      </c>
+      <c r="B41">
+        <v>3007</v>
+      </c>
+      <c r="F41" s="1">
+        <v>10761.6</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A42" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42">
+        <v>2026</v>
+      </c>
+      <c r="F42">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="43" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A43" t="s">
+        <v>50</v>
+      </c>
+      <c r="F43" s="1">
+        <v>25134</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A44" t="s">
+        <v>51</v>
+      </c>
+      <c r="F44" s="1">
+        <v>3918.04</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A45" t="s">
+        <v>52</v>
+      </c>
+      <c r="F45" s="1">
+        <v>25098.6</v>
+      </c>
+    </row>
+    <row r="46" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="47" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="48" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="49" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A49" t="s">
+        <v>111</v>
+      </c>
+      <c r="B49" t="s">
+        <v>54</v>
+      </c>
+      <c r="F49" t="s">
+        <v>55</v>
+      </c>
+      <c r="G49" t="s">
+        <v>56</v>
+      </c>
+      <c r="H49" t="s">
+        <v>57</v>
+      </c>
+      <c r="I49" t="s">
+        <v>58</v>
+      </c>
+      <c r="J49" t="s">
+        <v>59</v>
+      </c>
+      <c r="K49" t="s">
+        <v>60</v>
+      </c>
+      <c r="L49" t="s">
+        <v>61</v>
+      </c>
+      <c r="M49" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="50" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="51" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="52" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="53" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="54" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A54" t="s">
+        <v>63</v>
+      </c>
+      <c r="B54" t="s">
+        <v>5</v>
+      </c>
+      <c r="F54" t="s">
+        <v>64</v>
+      </c>
+      <c r="G54" t="s">
+        <v>65</v>
+      </c>
+      <c r="H54" t="s">
+        <v>13</v>
+      </c>
+      <c r="I54" t="s">
+        <v>14</v>
+      </c>
+      <c r="J54" t="s">
+        <v>15</v>
+      </c>
+      <c r="K54" t="s">
+        <v>16</v>
+      </c>
+      <c r="L54" t="s">
+        <v>17</v>
+      </c>
+      <c r="M54" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="55" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A55" t="s">
+        <v>66</v>
+      </c>
+      <c r="B55">
+        <v>6</v>
+      </c>
+      <c r="F55">
+        <v>0</v>
+      </c>
+      <c r="G55" s="1">
+        <v>354000</v>
+      </c>
+      <c r="H55" s="1">
+        <v>10159.799999999999</v>
+      </c>
+      <c r="I55" s="1">
+        <v>22321.63</v>
+      </c>
+      <c r="J55" s="1">
+        <v>10761.6</v>
+      </c>
+      <c r="K55">
+        <v>250</v>
+      </c>
+      <c r="L55" s="1">
+        <v>43493.03</v>
+      </c>
+      <c r="M55" s="1">
+        <v>310506.96999999997</v>
+      </c>
+    </row>
+    <row r="56" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="57" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="58" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="59" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A59" t="s">
+        <v>43</v>
+      </c>
+      <c r="B59" t="s">
+        <v>44</v>
+      </c>
+      <c r="F59" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="60" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A60" t="s">
+        <v>46</v>
+      </c>
+      <c r="B60">
+        <v>2003</v>
+      </c>
+      <c r="F60" s="1">
+        <v>10159.799999999999</v>
+      </c>
+    </row>
+    <row r="61" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A61" t="s">
+        <v>47</v>
+      </c>
+      <c r="B61">
+        <v>2001</v>
+      </c>
+      <c r="F61" s="1">
+        <v>22321.63</v>
+      </c>
+    </row>
+    <row r="62" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A62" t="s">
+        <v>48</v>
+      </c>
+      <c r="B62">
+        <v>3004</v>
+      </c>
+      <c r="F62">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="63" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A63" t="s">
+        <v>49</v>
+      </c>
+      <c r="B63">
+        <v>3007</v>
+      </c>
+      <c r="F63" s="1">
+        <v>10761.6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:13" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A64" t="s">
+        <v>95</v>
+      </c>
+      <c r="B64">
+        <v>2026</v>
+      </c>
+      <c r="F64">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="65" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A65" t="s">
+        <v>50</v>
+      </c>
+      <c r="F65" s="1">
+        <v>25134</v>
+      </c>
+    </row>
+    <row r="66" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" t="s">
+        <v>51</v>
+      </c>
+      <c r="F66" s="1">
+        <v>3918.04</v>
+      </c>
+    </row>
+    <row r="67" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" t="s">
+        <v>52</v>
+      </c>
+      <c r="F67" s="1">
+        <v>25098.6</v>
+      </c>
+    </row>
+    <row r="68" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="69" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="70" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="71" spans="1:12" x14ac:dyDescent="0.25">
+      <c r="A71" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="72" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="73" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="74" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="16" t="s">
+        <v>68</v>
+      </c>
+      <c r="B74" s="16"/>
+      <c r="D74" s="16" t="s">
+        <v>69</v>
+      </c>
+      <c r="E74" s="16"/>
+      <c r="I74" s="16" t="s">
+        <v>70</v>
+      </c>
+      <c r="J74" s="16"/>
+      <c r="K74" s="16"/>
+      <c r="L74" s="16"/>
+    </row>
+    <row r="75" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="16" t="s">
+        <v>71</v>
+      </c>
+      <c r="B75" s="16"/>
+      <c r="D75" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="76" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="16" t="s">
+        <v>73</v>
+      </c>
+      <c r="B76" s="16"/>
+      <c r="D76" s="16" t="s">
+        <v>74</v>
+      </c>
+      <c r="E76" s="16"/>
+      <c r="I76" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="77" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="16" t="s">
+        <v>76</v>
+      </c>
+      <c r="B77" s="16"/>
+      <c r="D77" s="16" t="s">
+        <v>77</v>
+      </c>
+      <c r="E77" s="16"/>
+      <c r="I77" s="16" t="s">
+        <v>75</v>
+      </c>
+      <c r="J77" s="16"/>
+      <c r="K77" s="16"/>
+      <c r="L77" s="16"/>
+    </row>
+    <row r="78" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I78" s="16" t="s">
+        <v>78</v>
+      </c>
+      <c r="J78" s="16"/>
+      <c r="K78" s="16"/>
+      <c r="L78" s="16"/>
+    </row>
+    <row r="79" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B79" s="16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C79" s="16"/>
+    </row>
+    <row r="80" spans="1:12" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B80" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="81" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B81" s="16" t="s">
+        <v>80</v>
+      </c>
+      <c r="C81" s="16"/>
+    </row>
+    <row r="82" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="B82" s="16" t="s">
+        <v>81</v>
+      </c>
+      <c r="C82" s="16"/>
+    </row>
+    <row r="83" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="84" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="85" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="86" spans="2:3" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
+  </sheetData>
+  <mergeCells count="13">
+    <mergeCell ref="B82:C82"/>
+    <mergeCell ref="A77:B77"/>
+    <mergeCell ref="D77:E77"/>
+    <mergeCell ref="I77:L77"/>
+    <mergeCell ref="I78:L78"/>
+    <mergeCell ref="B79:C79"/>
+    <mergeCell ref="B81:C81"/>
+    <mergeCell ref="A74:B74"/>
+    <mergeCell ref="D74:E74"/>
+    <mergeCell ref="I74:L74"/>
+    <mergeCell ref="A75:B75"/>
+    <mergeCell ref="A76:B76"/>
+    <mergeCell ref="D76:E76"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FFFA4616-4A2B-4831-827E-7FEA6411F03C}">
   <dimension ref="A1:O92"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="26.140625" customWidth="1"/>
     <col min="2" max="2" width="29.28515625" customWidth="1"/>
     <col min="3" max="3" width="14.42578125" customWidth="1"/>
     <col min="4" max="4" width="15" customWidth="1"/>
     <col min="5" max="5" width="16.7109375" customWidth="1"/>
     <col min="6" max="6" width="15.5703125" customWidth="1"/>
     <col min="7" max="7" width="17.85546875" customWidth="1"/>
     <col min="8" max="8" width="16" customWidth="1"/>
     <col min="9" max="9" width="14" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
     </row>
     <row r="3" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
@@ -5735,51 +8184,51 @@
         <v>81</v>
       </c>
     </row>
     <row r="88" spans="3:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" spans="3:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="90" spans="3:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" spans="3:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" spans="3:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="F81:H81"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0E52ED7D-5BC0-41CE-B43A-04325E2BB2FC}">
   <dimension ref="A1:O89"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="25.5703125" customWidth="1"/>
     <col min="2" max="2" width="21.28515625" customWidth="1"/>
     <col min="3" max="3" width="12.85546875" customWidth="1"/>
     <col min="4" max="4" width="13.5703125" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
     <col min="6" max="6" width="10.42578125" customWidth="1"/>
     <col min="7" max="7" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="4" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
       <c r="D4" s="5"/>
       <c r="E4" s="5"/>
     </row>
     <row r="5" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F5" s="5"/>
       <c r="G5" s="5"/>
       <c r="H5" s="5"/>
       <c r="I5" s="5"/>
       <c r="J5" s="5"/>
@@ -6768,51 +9217,51 @@
       </c>
     </row>
     <row r="85" spans="5:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" spans="5:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" spans="5:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" spans="5:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="89" spans="5:8" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="I80:K80"/>
     <mergeCell ref="E82:H82"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A79F450C-03B0-41F2-8D03-5E1EBDA47F96}">
   <dimension ref="A1:O88"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="27.85546875" customWidth="1"/>
     <col min="2" max="2" width="28" customWidth="1"/>
     <col min="3" max="3" width="17.7109375" customWidth="1"/>
     <col min="4" max="4" width="14.140625" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
     </row>
     <row r="3" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
     </row>
     <row r="4" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="5"/>
@@ -7761,51 +10210,51 @@
       <c r="G84" s="16"/>
       <c r="H84" s="16"/>
     </row>
     <row r="85" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="86" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="87" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="88" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="I82:K82"/>
     <mergeCell ref="E84:H84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC26A991-838B-4737-8F83-5A089985393D}">
   <dimension ref="A1:O85"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="31" customWidth="1"/>
     <col min="2" max="2" width="21.42578125" customWidth="1"/>
     <col min="3" max="3" width="16.140625" customWidth="1"/>
     <col min="4" max="4" width="12.28515625" customWidth="1"/>
     <col min="5" max="5" width="16.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
     </row>
     <row r="3" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
       <c r="K3" s="5"/>
     </row>
     <row r="4" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="5"/>
@@ -8789,51 +11238,51 @@
       <c r="D83" s="16"/>
     </row>
     <row r="84" spans="3:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="85" spans="3:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I79:K79"/>
     <mergeCell ref="C80:D80"/>
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="C83:D83"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{1706C294-8903-41A8-9A9C-98B5AAC93180}">
   <dimension ref="A2:O94"/>
   <sheetViews>
     <sheetView topLeftCell="A43" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="21.42578125" customWidth="1"/>
     <col min="2" max="2" width="28.7109375" customWidth="1"/>
     <col min="3" max="3" width="12" customWidth="1"/>
     <col min="4" max="4" width="11.7109375" customWidth="1"/>
     <col min="5" max="5" width="16" customWidth="1"/>
     <col min="6" max="6" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="2" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="3" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B3" s="5"/>
       <c r="C3" s="5"/>
       <c r="D3" s="5"/>
       <c r="E3" s="5"/>
       <c r="F3" s="5"/>
     </row>
     <row r="4" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="G4" s="5"/>
       <c r="H4" s="5"/>
       <c r="I4" s="5"/>
       <c r="J4" s="5"/>
       <c r="K4" s="5"/>
     </row>
     <row r="5" spans="1:15" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
@@ -9855,51 +12304,51 @@
     <row r="91" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="94" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I83:K83"/>
     <mergeCell ref="C84:D84"/>
     <mergeCell ref="C85:D85"/>
     <mergeCell ref="C86:D86"/>
     <mergeCell ref="C87:D87"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9D4574E1-522B-4F15-90AC-09048C533205}">
   <dimension ref="A1:P85"/>
   <sheetViews>
     <sheetView topLeftCell="A67" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="22.42578125" customWidth="1"/>
     <col min="2" max="2" width="20.7109375" customWidth="1"/>
     <col min="3" max="3" width="15.85546875" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" customWidth="1"/>
     <col min="5" max="5" width="12.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:16" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
     </row>
     <row r="3" spans="1:16" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="F3" s="5"/>
       <c r="G3" s="5"/>
       <c r="H3" s="5"/>
       <c r="I3" s="5"/>
       <c r="J3" s="5"/>
     </row>
     <row r="4" spans="1:16" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B4" s="5"/>
       <c r="C4" s="5"/>
@@ -10873,51 +13322,51 @@
     <row r="82" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="83" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="84" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="85" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I76:K76"/>
     <mergeCell ref="C77:D77"/>
     <mergeCell ref="C78:D78"/>
     <mergeCell ref="C79:D79"/>
     <mergeCell ref="C80:D80"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3C93DB44-2A5A-4187-9EA3-69CAC167D878}">
   <dimension ref="A1:S93"/>
   <sheetViews>
     <sheetView topLeftCell="A61" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="22.140625" customWidth="1"/>
     <col min="3" max="3" width="13" customWidth="1"/>
     <col min="4" max="4" width="14" customWidth="1"/>
     <col min="5" max="5" width="15.42578125" customWidth="1"/>
     <col min="6" max="6" width="10.7109375" customWidth="1"/>
     <col min="7" max="7" width="15.140625" customWidth="1"/>
     <col min="8" max="8" width="9.42578125" customWidth="1"/>
     <col min="9" max="9" width="13.140625" customWidth="1"/>
     <col min="10" max="10" width="12.42578125" customWidth="1"/>
     <col min="11" max="11" width="10.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:19" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
       <c r="G2" s="5"/>
       <c r="H2" s="5"/>
     </row>
     <row r="3" spans="1:19" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
@@ -11941,51 +14390,51 @@
     <row r="90" spans="3:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="91" spans="3:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="92" spans="3:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="93" spans="3:6" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I80:K80"/>
     <mergeCell ref="C81:D81"/>
     <mergeCell ref="C82:D82"/>
     <mergeCell ref="C83:D83"/>
     <mergeCell ref="C84:D84"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8AA9282A-A387-4541-8DF1-7D039193A1ED}">
   <dimension ref="A1:U80"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11.42578125" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.28515625" customWidth="1"/>
     <col min="2" max="2" width="23.5703125" customWidth="1"/>
     <col min="3" max="3" width="12.7109375" customWidth="1"/>
     <col min="4" max="4" width="14.7109375" customWidth="1"/>
     <col min="5" max="5" width="15.85546875" customWidth="1"/>
     <col min="6" max="6" width="16.5703125" customWidth="1"/>
     <col min="7" max="7" width="17.140625" customWidth="1"/>
     <col min="8" max="8" width="12.85546875" customWidth="1"/>
     <col min="9" max="9" width="17" customWidth="1"/>
     <col min="10" max="10" width="15" customWidth="1"/>
     <col min="11" max="11" width="12.28515625" customWidth="1"/>
     <col min="12" max="12" width="12.85546875" customWidth="1"/>
     <col min="13" max="13" width="13.5703125" customWidth="1"/>
     <col min="14" max="14" width="13.140625" customWidth="1"/>
     <col min="15" max="15" width="11.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="2" spans="1:21" s="4" customFormat="1" ht="24.95" customHeight="1" x14ac:dyDescent="0.25">
       <c r="B2" s="5"/>
       <c r="C2" s="5"/>
       <c r="D2" s="5"/>
       <c r="E2" s="5"/>
       <c r="F2" s="5"/>
@@ -13008,62 +15457,64 @@
     </row>
     <row r="78" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="79" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
     <row r="80" spans="1:11" ht="24.95" customHeight="1" x14ac:dyDescent="0.25"/>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="I73:K73"/>
     <mergeCell ref="C74:D74"/>
     <mergeCell ref="C75:D75"/>
     <mergeCell ref="C76:D76"/>
     <mergeCell ref="C77:D77"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Worksheets</vt:lpstr>
+        <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>10</vt:i4>
+        <vt:i4>12</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="10" baseType="lpstr">
+    <vt:vector size="12" baseType="lpstr">
       <vt:lpstr>ENERO</vt:lpstr>
       <vt:lpstr>FEBRERO</vt:lpstr>
       <vt:lpstr>MARZO</vt:lpstr>
       <vt:lpstr>ABRIL</vt:lpstr>
       <vt:lpstr>MAYO</vt:lpstr>
       <vt:lpstr>JUNIO</vt:lpstr>
       <vt:lpstr>JULIO</vt:lpstr>
       <vt:lpstr>AGOSTO</vt:lpstr>
       <vt:lpstr>SEPTIEMBRE</vt:lpstr>
       <vt:lpstr>OCTUBRE</vt:lpstr>
+      <vt:lpstr>NOVIEMBRE</vt:lpstr>
+      <vt:lpstr>DICIEMBRE</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Yokasta Mateo</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>